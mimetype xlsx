--- v0 (2025-11-02)
+++ v1 (2025-12-05)
@@ -341,51 +341,51 @@
   <si>
     <t>BBd</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BBd 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BBd 26 (14:56) 41-John Barrett ran to BBd 27 for 1 yards. Tackle by 36-Samuel Richardson.</t>
   </si>
   <si>
     <t>#12 Victor Herr - QB</t>
   </si>
   <si>
     <t>#41 John Barrett - RB</t>
   </si>
   <si>
-    <t>#40 Brian Burkett - FB</t>
+    <t>#40 Brian Burkett - LT</t>
   </si>
   <si>
     <t>#86 Steven Thomas - TE</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#15 Damon Oliver - WR</t>
   </si>
   <si>
     <t>#78 Randy Shelby - LT</t>
   </si>
   <si>
     <t>#78 Brandon Powe - LT</t>
   </si>
   <si>
     <t>#46 Michael Martinez - FB</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#56 Jim Bynum - RT</t>
   </si>