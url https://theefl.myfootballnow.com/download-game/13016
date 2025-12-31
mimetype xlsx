--- v1 (2025-12-05)
+++ v2 (2025-12-31)
@@ -287,60 +287,60 @@
   <si>
     <t>BRM has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>LCB</t>
   </si>
   <si>
     <t>LCB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-René Ledet kicks 66 yards from BRM 35 to BBd -1. 27-David Stanek to BBd 26 for 28 yards. Tackle by 36-Samuel Richardson.</t>
   </si>
   <si>
     <t>#8 David Stanek - FB</t>
   </si>
   <si>
     <t>#90 Mitchell Leung - DT</t>
   </si>
   <si>
-    <t>#73 William Golson - RDE</t>
+    <t>#67 William Golson - RDE</t>
   </si>
   <si>
     <t>#78 Eric Cason - LDE</t>
   </si>
   <si>
     <t>#32 Lane Nguyen - SS</t>
   </si>
   <si>
-    <t>#57 Daniel Walker - MLB</t>
+    <t>#57 Daniel Walker - SLB</t>
   </si>
   <si>
     <t>#98 Joel Bise - MLB</t>
   </si>
   <si>
     <t>#72 Kim Dickinson - DT</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
     <t>#11 René Ledet - K</t>
   </si>
   <si>
     <t>BBd</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -359,72 +359,72 @@
   <si>
     <t>#12 Victor Herr - QB</t>
   </si>
   <si>
     <t>#41 John Barrett - RB</t>
   </si>
   <si>
     <t>#40 Brian Burkett - LT</t>
   </si>
   <si>
     <t>#86 Steven Thomas - TE</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#15 Damon Oliver - WR</t>
   </si>
   <si>
     <t>#78 Randy Shelby - LT</t>
   </si>
   <si>
     <t>#78 Brandon Powe - LT</t>
   </si>
   <si>
-    <t>#46 Michael Martinez - FB</t>
+    <t>#46 Michael Martinez - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
-    <t>#56 Jim Bynum - RT</t>
+    <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#90 Paul Campbell - LDE</t>
   </si>
   <si>
     <t>#78 Michael Godines - DT</t>
   </si>
   <si>
-    <t>#67 Edward Weaver - DT</t>
+    <t>#58 Edward Weaver - DT</t>
   </si>
   <si>
     <t>#74 Glenn Argueta - RDE</t>
   </si>
   <si>
-    <t>#95 Eric Powell - SLB</t>
+    <t>#90 Eric Powell - SLB</t>
   </si>
   <si>
     <t>#96 Michael Garcia - MLB</t>
   </si>
   <si>
     <t>#56 Terrance Bell - WLB</t>
   </si>
   <si>
     <t>#22 Mickey Stanley - CB</t>
   </si>
   <si>
     <t>#99 Terry Butler - CB</t>
   </si>
   <si>
     <t>#25 Robert Leonard - SS</t>
   </si>
   <si>
     <t>#36 Samuel Richardson - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>BBd 27</t>
   </si>
@@ -461,108 +461,108 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BBd 27 (13:32) 10-Mark Hill punts 48 yards to BRM 25. 14-Ahmed Harris to BRM 34 for 10 yards. Tackle by 76-Randy Shelby.</t>
   </si>
   <si>
     <t>#10 Mark Hill - P</t>
   </si>
   <si>
     <t>#14 Ahmed Harris - WR</t>
   </si>
   <si>
     <t>#40 William Anthony - SS</t>
   </si>
   <si>
     <t>#51 Robert Mosier - C</t>
   </si>
   <si>
     <t>#57 Larry Faulkner - RG</t>
   </si>
   <si>
-    <t>#54 Frank Longfellow - MLB</t>
+    <t>#40 Frank Longfellow - SS</t>
   </si>
   <si>
     <t>#97 Joseph Wallace - RDE</t>
   </si>
   <si>
-    <t>#70 Daniel Snow - LDE</t>
+    <t>#59 Daniel Snow - LDE</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>LCB 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>1-10-BRM 34 (13:24) 16-Benjamin Massey pass complete to 80-Eugene Ross to BRM 38 for 3 yards. Tackle by 39-Greg Orourke.</t>
   </si>
   <si>
     <t>#16 Benjamin Massey - QB</t>
   </si>
   <si>
     <t>#28 Dale Marks - RB</t>
   </si>
   <si>
-    <t>#49 James Young - FB</t>
+    <t>#44 James Young - FB</t>
   </si>
   <si>
     <t>#89 Travis Vanwinkle - TE</t>
   </si>
   <si>
     <t>#80 Eugene Ross - WR</t>
   </si>
   <si>
     <t>#84 Philip Harper - WR</t>
   </si>
   <si>
-    <t>#61 Georges Boudreaux - LT</t>
+    <t>#59 Georges Boudreaux - LT</t>
   </si>
   <si>
     <t>#72 Jeremiah Bryan - LG</t>
   </si>
   <si>
-    <t>#59 Russ Turner - C</t>
+    <t>#69 Russ Turner - LT</t>
   </si>
   <si>
     <t>#75 Anthony Blankenship - RG</t>
   </si>
   <si>
     <t>#64 Caleb Lowe - RT</t>
   </si>
   <si>
-    <t>#64 Bradley Taylor - DT</t>
+    <t>#73 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#33 Dean Young - FS</t>
   </si>
   <si>
     <t>#48 Giovanni Valdes - SS</t>
   </si>
   <si>
     <t>#39 Greg Orourke - CB</t>
   </si>
   <si>
     <t>#42 Bobby Webb - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>LCB 38</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-7-BRM 38 (12:46) 28-Dale Marks ran to BRM 40 for 2 yards. Tackle by 45-Lane Nguyen.</t>
   </si>
@@ -1031,51 +1031,51 @@
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-BRM 42 (9:16) 12-Victor Herr pass complete to 1-James Henning to BRM 34 for 8 yards. Tackle by 22-Mickey Stanley. Pressure by 90-Paul Campbell.</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-2-BRM 34 (8:30) 27-David Stanek ran to BRM 30 for 4 yards. Tackle by 67-Edward Weaver.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-BRM 30 (7:49) 41-John Barrett ran to BRM 31 for a short loss. Tackle by 56-Terrance Bell.</t>
   </si>
   <si>
-    <t>#1 Steven Asbury - FS</t>
+    <t>#29 Steven Asbury - FS</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>LCB 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>2-10-BRM 31 (7:14) 27-David Stanek ran to BRM 27 for 4 yards. Tackle by 25-Robert Leonard.</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>LCB 27</t>
   </si>
   <si>
     <t>3-6-BRM 27 (6:33) 41-John Barrett ran to BRM 17 for 10 yards. Tackle by 29-Agustin McCoy.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
@@ -2121,99 +2121,99 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="253.51" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>