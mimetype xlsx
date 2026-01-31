--- v2 (2025-12-31)
+++ v3 (2026-01-31)
@@ -314,78 +314,78 @@
   <si>
     <t>#78 Eric Cason - LDE</t>
   </si>
   <si>
     <t>#32 Lane Nguyen - SS</t>
   </si>
   <si>
     <t>#57 Daniel Walker - SLB</t>
   </si>
   <si>
     <t>#98 Joel Bise - MLB</t>
   </si>
   <si>
     <t>#72 Kim Dickinson - DT</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
-    <t>#11 René Ledet - K</t>
+    <t>#19 René Ledet - K</t>
   </si>
   <si>
     <t>BBd</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BBd 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BBd 26 (14:56) 41-John Barrett ran to BBd 27 for 1 yards. Tackle by 36-Samuel Richardson.</t>
   </si>
   <si>
     <t>#12 Victor Herr - QB</t>
   </si>
   <si>
     <t>#41 John Barrett - RB</t>
   </si>
   <si>
-    <t>#40 Brian Burkett - LT</t>
+    <t>#62 Brian Burkett - LT</t>
   </si>
   <si>
     <t>#86 Steven Thomas - TE</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#15 Damon Oliver - WR</t>
   </si>
   <si>
     <t>#78 Randy Shelby - LT</t>
   </si>
   <si>
     <t>#78 Brandon Powe - LT</t>
   </si>
   <si>
     <t>#46 Michael Martinez - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#71 Jim Bynum - RT</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>3-4-BBd 42 (10:18) 16-Benjamin Massey sacked at BBd 46 for -4 yards (79-Daniel Walker). Sack allowed by 64-Caleb Lowe.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>BBd 46</t>
   </si>
   <si>
     <t>4-8-BBd 46 (9:43) 7-Louis Sherman punts 52 yards to BBd -6.4-8-BBd 46 (9:43) 7-Louis Sherman punts 52 yards to BBd -6. Touchback.</t>
   </si>
   <si>
     <t>#7 Louis Sherman - P</t>
   </si>
   <si>
     <t>#60 Gerardo Fouts - LG</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>#79 Adrian Willis - LT</t>
   </si>
   <si>
-    <t>#86 Todd Thomas - TE</t>
+    <t>#43 Todd Thomas - FB</t>
   </si>
   <si>
     <t>#97 Robert Ellis - SLB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>BBd 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-BBd 20 (9:35) 27-David Stanek ran to BBd 21 for 1 yards. Tackle by 90-Paul Campbell.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>BBd 21</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>