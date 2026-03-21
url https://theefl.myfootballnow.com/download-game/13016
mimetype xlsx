--- v3 (2026-01-31)
+++ v4 (2026-03-21)
@@ -305,51 +305,51 @@
   <si>
     <t>#8 David Stanek - FB</t>
   </si>
   <si>
     <t>#90 Mitchell Leung - DT</t>
   </si>
   <si>
     <t>#67 William Golson - RDE</t>
   </si>
   <si>
     <t>#78 Eric Cason - LDE</t>
   </si>
   <si>
     <t>#32 Lane Nguyen - SS</t>
   </si>
   <si>
     <t>#57 Daniel Walker - SLB</t>
   </si>
   <si>
     <t>#98 Joel Bise - MLB</t>
   </si>
   <si>
     <t>#72 Kim Dickinson - DT</t>
   </si>
   <si>
-    <t>#94 Harvey Marin - MLB</t>
+    <t>#96 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
     <t>#19 René Ledet - K</t>
   </si>
   <si>
     <t>BBd</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BBd 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#46 Michael Martinez - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#90 Paul Campbell - LDE</t>
   </si>
   <si>
     <t>#78 Michael Godines - DT</t>
   </si>
   <si>
     <t>#58 Edward Weaver - DT</t>
   </si>
   <si>
     <t>#74 Glenn Argueta - RDE</t>
   </si>
   <si>
     <t>#90 Eric Powell - SLB</t>
   </si>
   <si>
-    <t>#96 Michael Garcia - MLB</t>
+    <t>#99 Michael Garcia - MLB</t>
   </si>
   <si>
     <t>#56 Terrance Bell - WLB</t>
   </si>
   <si>
     <t>#22 Mickey Stanley - CB</t>
   </si>
   <si>
     <t>#99 Terry Butler - CB</t>
   </si>
   <si>
     <t>#25 Robert Leonard - SS</t>
   </si>
   <si>
     <t>#36 Samuel Richardson - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>BBd 27</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -464,102 +464,102 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BBd 27 (13:32) 10-Mark Hill punts 48 yards to BRM 25. 14-Ahmed Harris to BRM 34 for 10 yards. Tackle by 76-Randy Shelby.</t>
   </si>
   <si>
     <t>#10 Mark Hill - P</t>
   </si>
   <si>
     <t>#14 Ahmed Harris - WR</t>
   </si>
   <si>
     <t>#40 William Anthony - SS</t>
   </si>
   <si>
     <t>#51 Robert Mosier - C</t>
   </si>
   <si>
     <t>#57 Larry Faulkner - RG</t>
   </si>
   <si>
     <t>#40 Frank Longfellow - SS</t>
   </si>
   <si>
-    <t>#97 Joseph Wallace - RDE</t>
+    <t>#37 Joseph Wallace - FS</t>
   </si>
   <si>
     <t>#59 Daniel Snow - LDE</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>LCB 34</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>1-10-BRM 34 (13:24) 16-Benjamin Massey pass complete to 80-Eugene Ross to BRM 38 for 3 yards. Tackle by 39-Greg Orourke.</t>
   </si>
   <si>
     <t>#16 Benjamin Massey - QB</t>
   </si>
   <si>
     <t>#28 Dale Marks - RB</t>
   </si>
   <si>
     <t>#44 James Young - FB</t>
   </si>
   <si>
     <t>#89 Travis Vanwinkle - TE</t>
   </si>
   <si>
     <t>#80 Eugene Ross - WR</t>
   </si>
   <si>
     <t>#84 Philip Harper - WR</t>
   </si>
   <si>
     <t>#59 Georges Boudreaux - LT</t>
   </si>
   <si>
     <t>#72 Jeremiah Bryan - LG</t>
   </si>
   <si>
     <t>#69 Russ Turner - LT</t>
   </si>
   <si>
     <t>#75 Anthony Blankenship - RG</t>
   </si>
   <si>
-    <t>#64 Caleb Lowe - RT</t>
+    <t>#68 Caleb Lowe - RT</t>
   </si>
   <si>
     <t>#73 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#33 Dean Young - FS</t>
   </si>
   <si>
     <t>#48 Giovanni Valdes - SS</t>
   </si>
   <si>
     <t>#39 Greg Orourke - CB</t>
   </si>
   <si>
     <t>#42 Bobby Webb - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>LCB 38</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -626,60 +626,60 @@
   <si>
     <t>BBd 42</t>
   </si>
   <si>
     <t>I Formation 3WR Deep Corner/Post</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-4-BBd 42 (10:18) 16-Benjamin Massey sacked at BBd 46 for -4 yards (79-Daniel Walker). Sack allowed by 64-Caleb Lowe.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>BBd 46</t>
   </si>
   <si>
     <t>4-8-BBd 46 (9:43) 7-Louis Sherman punts 52 yards to BBd -6.4-8-BBd 46 (9:43) 7-Louis Sherman punts 52 yards to BBd -6. Touchback.</t>
   </si>
   <si>
     <t>#7 Louis Sherman - P</t>
   </si>
   <si>
-    <t>#60 Gerardo Fouts - LG</t>
+    <t>#65 Gerardo Fouts - LG</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>#79 Adrian Willis - LT</t>
   </si>
   <si>
-    <t>#43 Todd Thomas - FB</t>
+    <t>#45 Todd Thomas - RB</t>
   </si>
   <si>
     <t>#97 Robert Ellis - SLB</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>BBd 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-BBd 20 (9:35) 27-David Stanek ran to BBd 21 for 1 yards. Tackle by 90-Paul Campbell.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>BBd 21</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -839,51 +839,51 @@
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-BBd 41 (2:10) 27-David Stanek ran to BBd 43 for 2 yards. Tackle by 78-Michael Godines.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>BBd 43</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB2 Blitz</t>
   </si>
   <si>
     <t>2-8-BBd 43 (1:28) 12-Victor Herr pass complete to 82-Kevin McBride to BBd 45 for 2 yards. Tackle by 56-Terrance Bell.</t>
   </si>
   <si>
-    <t>#82 Kevin McBride - WR</t>
+    <t>#12 Kevin McBride - WR</t>
   </si>
   <si>
     <t>0:54</t>
   </si>
   <si>
     <t>BBd 45</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-6-BBd 45 (0:53) 41-John Barrett ran to BRM 50 for 5 yards. Tackle by 96-Michael Garcia.</t>
   </si>
   <si>
     <t>#20 Damien Gaines - RB</t>
   </si>
   <si>
     <t>0:10</t>
   </si>
   <si>
     <t>LCB 50</t>
   </si>
   <si>
     <t>4-1-BRM 50 (0:09) 10-Mark Hill punts 39 yards to BRM 11.</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>2-8-BRM 15 (5:12) 12-Victor Herr pass complete to 29-Brian Burkett to BRM 9 for 6 yards. Tackle by 95-Eric Powell.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>LCB 9</t>
   </si>
   <si>
     <t>3-2-BRM 9 (4:30) 27-David Stanek ran to BRM 7 for 2 yards. Tackle by 56-Terrance Bell.</t>
   </si>
   <si>
     <t>#26 Remy Fortier  - FS</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>LCB 7</t>
   </si>
   <si>
     <t>4-1-BRM 7 (3:56) 8-Elmer Ramirez 25 yard field goal is GOOD. BBd 3 BRM 3</t>
   </si>
   <si>
-    <t>#9 Jonathan Durand - QB</t>
+    <t>#19 Jonathan Durand - QB</t>
   </si>
   <si>
     <t>#16 Elmer Ramirez - K</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>(3:53) 8-Elmer Ramirez kicks 73 yards from BBd 35 to BRM -8. Touchback.</t>
   </si>
   <si>
     <t>1-10-BRM 25 (3:53) 16-Benjamin Massey pass complete to 49-James Young to BRM 28 for 3 yards. Tackle by 54-Giovanni Valdes.</t>
   </si>
   <si>
     <t>#87 Frederick Hernandez - WR</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-7-BRM 28 (3:11) 28-Dale Marks ran to BRM 36 for 8 yards. Tackle by 45-Lane Nguyen.</t>
   </si>
@@ -2172,51 +2172,51 @@
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>