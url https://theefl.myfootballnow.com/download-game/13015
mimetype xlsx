--- v0 (2026-01-02)
+++ v1 (2026-02-02)
@@ -308,51 +308,51 @@
   <si>
     <t>#28 George Jenkins - SS</t>
   </si>
   <si>
     <t>#35 Brad Ruiz - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Kinslow - WLB</t>
   </si>
   <si>
     <t>#45 Richard Moore - FS</t>
   </si>
   <si>
     <t>#61 Matt Baker - LDE</t>
   </si>
   <si>
     <t>#58 Charles Miranda - MLB</t>
   </si>
   <si>
     <t>#39 Robert Mason - FS</t>
   </si>
   <si>
     <t>#58 Oscar Ennis - MLB</t>
   </si>
   <si>
-    <t>#60 Robert Timberlake - RG</t>
+    <t>#50 Robert Timberlake - RG</t>
   </si>
   <si>
     <t>#6 Gordon Scarbrough - LDE</t>
   </si>
   <si>
     <t>#9 Victor Daugherty - K</t>
   </si>
   <si>
     <t>CBR</t>
   </si>
   <si>
     <t>CBR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-CBR 25 (15:00) 13-Joe Vargas pass Pass knocked down by 37-Raymond Davis. incomplete, intended for 17-Stan Sanders.</t>
   </si>
   <si>
     <t>#13 Joe Vargas - QB</t>
   </si>