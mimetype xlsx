--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -293,51 +293,51 @@
   <si>
     <t>CCr 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Jerry Horne kicks 74 yards from CCr 35 to CSx -9. Touchback.</t>
   </si>
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
     <t>#52 Leo Michalski - MLB</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
-    <t>#44 Shane Olsen - FS</t>
+    <t>#25 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#54 Laverne Fowler - MLB</t>
   </si>
   <si>
     <t>#52 Jack Marshall - DT</t>
   </si>
   <si>
     <t>#21 Christopher Howerton - CB</t>
   </si>
   <si>
     <t>#56 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#45 Larry Robson - CB</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>
@@ -350,60 +350,60 @@
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CSx 25 (15:00) 44-Joshua Henderson ran to CSx 21 for -4 yards. Tackle by 99-Harrison Braun.</t>
   </si>
   <si>
     <t>#8 Mark Garcia - QB</t>
   </si>
   <si>
     <t>#10 Shawn Doran - RB</t>
   </si>
   <si>
     <t>#44 Joshua Henderson - RB</t>
   </si>
   <si>
     <t>#88 Marvin Bradway - WR</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#76 Charles Hernandez - RT</t>
   </si>
   <si>
-    <t>#67 Timothy Nelson - LG</t>
+    <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
     <t>#74 Willie Alexander - LT</t>
   </si>
   <si>
-    <t>#96 James Isler - LDE</t>
+    <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#95 Dennis Barras - DT</t>
   </si>
   <si>
     <t>#90 Roosevelt Murray - DT</t>
   </si>
   <si>
     <t>#51 Brian Hirsch - RDE</t>
   </si>
   <si>
     <t>#99 Harrison Braun - MLB</t>
   </si>
   <si>
     <t>#7 Louis Bailey - WLB</t>
   </si>
   <si>
     <t>#2 Clinton Jackson - CB</t>
   </si>
   <si>
     <t>#45 Marvin Hernandez - CB</t>
   </si>
   <si>
     <t>#37 Ben Towle - CB</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>2-14-CSx 21 (14:18) 44-Joshua Henderson ran to CSx 17 for -4 yards. Tackle by 99-Harrison Braun. CCr 7-Louis Bailey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>CGW 17</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>3-18-CSx 17 (13:45) 8-Mark Garcia pass Pass knocked down by 57-John Cook. incomplete, intended for 81-Joe Johnson.</t>
   </si>
   <si>
     <t>#82 Warren Lord - TE</t>
   </si>
   <si>
     <t>#81 Joe Johnson - WR</t>
   </si>
   <si>
-    <t>#60 Lonnie Stewart - MLB</t>
+    <t>#90 Lonnie Stewart - MLB</t>
   </si>
   <si>
     <t>#57 John Cook - WLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-CSx 17 (13:41) 18-Allen Sutton punts 50 yards to CCr 33. 16-Jeffrey Nielsen to CCr 34 for 1 yards. Tackle by 54-Laverne Fowler.</t>
   </si>
   <si>
     <t>#18 Allen Sutton - P</t>
   </si>
   <si>
     <t>#16 Jeffrey Nielsen - WR</t>
   </si>
   <si>
     <t>#62 Patrick Landry - LG</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#90 Bruce Sanchez - WLB</t>
   </si>
   <si>
     <t>#27 Rupert Guyette - CB</t>
   </si>
   <si>
     <t>#22 Chad Baird - CB</t>
   </si>
   <si>
     <t>#45 Austin Biles - CB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-CCr 34 (13:30) 3-Jon Johnson pass complete to 37-Kevin Porter to CCr 36 for 2 yards. Tackle by 58-James Lambert.</t>
   </si>
   <si>
-    <t>#40 Reyes Hughes - FB</t>
+    <t>#27 Reyes Hughes - FB</t>
   </si>
   <si>
     <t>#20 Steve Shields - LDE</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>CCr 36</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal 4 Deep Man Under</t>
   </si>
   <si>
     <t>3-8-CCr 36 (12:45) 3-Jon Johnson pass complete to 89-Jay Holm to CCr 42 for 6 yards. Tackle by 52-Leo Michalski.</t>
   </si>
   <si>
     <t>#89 Jay Holm - WR</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>#19 Raymond Vega - P</t>
   </si>
   <si>
     <t>#65 Dannie Dulaney - RG</t>
   </si>
   <si>
     <t>#73 Matthew Withers - C</t>
   </si>
   <si>
     <t>#71 Robert Sneed - DT</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>CGW 20</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CSx 20 (11:55) 8-Mark Garcia pass complete to 88-Marvin Bradway to CSx 23 for 3 yards. Tackle by 2-Clinton Jackson. PENALTY - Pass Interference (CCr 2-Clinton Jackson)</t>
   </si>
   <si>
-    <t>#93 Richard Drewes - SLB</t>
+    <t>#92 Richard Drewes - SLB</t>
   </si>
   <si>
     <t>#41 Christopher Smith - CB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CSx 25 (11:51) 13-Travis Shaw ran to CSx 37 for 12 yards. Tackle by 38-Derrick Collins. CCr 2-Clinton Jackson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#38 David Garcia - RB</t>
   </si>
   <si>
     <t>#49 Richard Watson - FB</t>
   </si>
   <si>
     <t>#92 Jacob Chase - RDE</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-CCr 15 (9:38) 3-Jon Johnson sacked at CCr 5 for -10 yards (70-Robert Sullivan). Sack allowed by 55-Ernest Jalbert.</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>CCr 5</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-20-CCr 5 (9:01) 3-Jon Johnson pass complete to 36-Alan Dale to CCr 7 for 2 yards. Tackle by 57-Edwin Giddings.</t>
   </si>
   <si>
     <t>#36 Alan Dale - FB</t>
   </si>
   <si>
-    <t>#87 Willie Peterman - TE</t>
+    <t>#86 Willie Peterman - TE</t>
   </si>
   <si>
     <t>#55 Edwin Giddings - WLB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>CCr 7</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-18-CCr 7 (8:27) 3-Jon Johnson pass complete to 17-Jerome Cline to CCr 8 for 2 yards. Tackle by 45-Larry Robson.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>CCr 8</t>
   </si>
@@ -2274,93 +2274,93 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="414.042" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>