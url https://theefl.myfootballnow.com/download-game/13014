--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -305,51 +305,51 @@
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
     <t>#52 Leo Michalski - MLB</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
     <t>#25 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#54 Laverne Fowler - MLB</t>
   </si>
   <si>
     <t>#52 Jack Marshall - DT</t>
   </si>
   <si>
     <t>#21 Christopher Howerton - CB</t>
   </si>
   <si>
-    <t>#56 Henry Culbert - WLB</t>
+    <t>#51 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#45 Larry Robson - CB</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>
   <si>
     <t>CGW 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CSx 25 (15:00) 44-Joshua Henderson ran to CSx 21 for -4 yards. Tackle by 99-Harrison Braun.</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>CCr 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-CCr 34 (13:33) 3-Jon Johnson pass Pass knocked down by 27-Rupert Guyette. incomplete, intended for 83-Jeremy Stoner. Pressure by 9-Kenny Christmas.</t>
   </si>
   <si>
     <t>#3 Jon Johnson - QB</t>
   </si>
   <si>
     <t>#37 Kevin Porter - RB</t>
   </si>
   <si>
     <t>#27 Darin Cron - RB</t>
   </si>
   <si>
     <t>#83 Jeremy Stoner - WR</t>
   </si>
   <si>
-    <t>#19 Jerome Cline - WR</t>
+    <t>#80 Jerome Cline - WR</t>
   </si>
   <si>
     <t>#70 John Whitsett - LT</t>
   </si>
   <si>
     <t>#69 Harold Leal - LG</t>
   </si>
   <si>
     <t>#50 Milton Chapa - C</t>
   </si>
   <si>
     <t>#55 Ernest Jalbert - RG</t>
   </si>
   <si>
     <t>#62 Randal Boyd - RT</t>
   </si>
   <si>
     <t>#9 Kenny Christmas - LDE</t>
   </si>
   <si>
     <t>#65 Kenneth Frye - DT</t>
   </si>
   <si>
     <t>#66 Gilbert Allen - RDE</t>
   </si>
@@ -1505,51 +1505,51 @@
   <si>
     <t>2-10-CCr 46 (6:28) 3-Jon Johnson sacked at CCr 37 for -10 yards (66-Gilbert Allen). Sack allowed by 70-John Whitsett. 70-John Whitsett completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>3-20-CCr 37 (5:43) 3-Jon Johnson pass complete to 16-Jeffrey Nielsen to CSx 43 for 21 yards. 16-Jeffrey Nielsen FUMBLES (45-Austin Biles) recovered by CSx-21-Christopher Howerton to CCr 48 for 13 yards. Tackle by 3-Jon Johnson.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>CCr 48</t>
   </si>
   <si>
     <t>1-10-CCr 48 (5:33) 8-Mark Garcia sacked at CSx 43 for -9 yards (51-Brian Hirsch). Sack allowed by 55-Mike Zuniga. PENALTY - Holding (CSx 74-Willie Alexander) (Declined)</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>2-19-CSx 43 (5:28) 38-David Garcia ran to CCr 49 for 8 yards. Tackle by 47-Jessie Dahl.</t>
   </si>
   <si>
-    <t>#15 Jason Davis - WR</t>
+    <t>#87 Jason Davis - WR</t>
   </si>
   <si>
     <t>3-11-CCr 49 (4:43) 8-Mark Garcia pass complete to 88-Marvin Bradway to CCr 43 for 7 yards. Tackle by 45-Marvin Hernandez. Pressure by 99-Harrison Braun.</t>
   </si>
   <si>
     <t>#1 Daniel Navarrette - QB</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>CCr 43</t>
   </si>
   <si>
     <t>4-5-CCr 43 (4:08) 18-Allen Sutton punts 37 yards to CCr 6.</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>CCr 6</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>