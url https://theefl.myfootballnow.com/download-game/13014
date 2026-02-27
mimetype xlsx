--- v2 (2026-01-20)
+++ v3 (2026-02-27)
@@ -293,99 +293,99 @@
   <si>
     <t>CCr 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Jerry Horne kicks 74 yards from CCr 35 to CSx -9. Touchback.</t>
   </si>
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
     <t>#52 Leo Michalski - MLB</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
-    <t>#25 Shane Olsen - CB</t>
+    <t>#44 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#54 Laverne Fowler - MLB</t>
   </si>
   <si>
     <t>#52 Jack Marshall - DT</t>
   </si>
   <si>
     <t>#21 Christopher Howerton - CB</t>
   </si>
   <si>
     <t>#51 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#45 Larry Robson - CB</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>
   <si>
     <t>CGW 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CSx 25 (15:00) 44-Joshua Henderson ran to CSx 21 for -4 yards. Tackle by 99-Harrison Braun.</t>
   </si>
   <si>
     <t>#8 Mark Garcia - QB</t>
   </si>
   <si>
     <t>#10 Shawn Doran - RB</t>
   </si>
   <si>
     <t>#44 Joshua Henderson - RB</t>
   </si>
   <si>
-    <t>#88 Marvin Bradway - WR</t>
+    <t>#16 Marvin Bradway - WR</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#76 Charles Hernandez - RT</t>
   </si>
   <si>
     <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
     <t>#74 Willie Alexander - LT</t>
   </si>
   <si>
     <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#95 Dennis Barras - DT</t>
   </si>
   <si>
     <t>#90 Roosevelt Murray - DT</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-CCr 15 (9:38) 3-Jon Johnson sacked at CCr 5 for -10 yards (70-Robert Sullivan). Sack allowed by 55-Ernest Jalbert.</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>CCr 5</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-20-CCr 5 (9:01) 3-Jon Johnson pass complete to 36-Alan Dale to CCr 7 for 2 yards. Tackle by 57-Edwin Giddings.</t>
   </si>
   <si>
-    <t>#36 Alan Dale - FB</t>
+    <t>#36 Alan Dale - LT</t>
   </si>
   <si>
     <t>#86 Willie Peterman - TE</t>
   </si>
   <si>
     <t>#55 Edwin Giddings - WLB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>CCr 7</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>3-18-CCr 7 (8:27) 3-Jon Johnson pass complete to 17-Jerome Cline to CCr 8 for 2 yards. Tackle by 45-Larry Robson.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
@@ -992,51 +992,51 @@
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>CGW 38</t>
   </si>
   <si>
     <t>1-10-CSx 38 (14:19) 8-Mark Garcia pass complete to 82-Warren Lord to CCr 33 for 30 yards. Tackle by 2-Clinton Jackson.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>CCr 33</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CCr 33 (13:30) 17-Shawn Doran ran to CCr 32 for 1 yards. Tackle by 95-Dennis Barras.</t>
   </si>
   <si>
-    <t>#94 Daniel Whitney - MLB</t>
+    <t>#56 Daniel Whitney - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>CCr 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-CCr 32 (12:51) 17-Shawn Doran ran to CCr 20 for 12 yards. Tackle by 47-Jessie Dahl.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>1-10-CCr 20 (12:13) 44-Joshua Henderson ran to CCr 12 for 8 yards. Tackle by 47-Jessie Dahl. CSx 68-Jose Arroyo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:28</t>
   </si>