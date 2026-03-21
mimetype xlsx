--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -467,51 +467,51 @@
   <si>
     <t>#16 Jeffrey Nielsen - WR</t>
   </si>
   <si>
     <t>#62 Patrick Landry - LG</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>CCr 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-CCr 34 (13:33) 3-Jon Johnson pass Pass knocked down by 27-Rupert Guyette. incomplete, intended for 83-Jeremy Stoner. Pressure by 9-Kenny Christmas.</t>
   </si>
   <si>
     <t>#3 Jon Johnson - QB</t>
   </si>
   <si>
-    <t>#37 Kevin Porter - RB</t>
+    <t>#34 Kevin Porter - RB</t>
   </si>
   <si>
     <t>#27 Darin Cron - RB</t>
   </si>
   <si>
     <t>#83 Jeremy Stoner - WR</t>
   </si>
   <si>
     <t>#80 Jerome Cline - WR</t>
   </si>
   <si>
     <t>#70 John Whitsett - LT</t>
   </si>
   <si>
     <t>#69 Harold Leal - LG</t>
   </si>
   <si>
     <t>#50 Milton Chapa - C</t>
   </si>
   <si>
     <t>#55 Ernest Jalbert - RG</t>
   </si>
   <si>
     <t>#62 Randal Boyd - RT</t>
   </si>