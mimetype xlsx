--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -293,237 +293,237 @@
   <si>
     <t>VDW 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Antonio Carson kicks 74 yards from VDW 35 to TRT -9. Touchback.</t>
   </si>
   <si>
     <t>#88 Clifford Quinton - WR</t>
   </si>
   <si>
     <t>#22 James Johnson - CB</t>
   </si>
   <si>
     <t>#98 Richard Jolly - MLB</t>
   </si>
   <si>
     <t>#94 Alan Duong - MLB</t>
   </si>
   <si>
-    <t>#37 Mark Wolfgang - CB</t>
+    <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>#53 Wade Snyder - WLB</t>
   </si>
   <si>
     <t>#98 Jack Tarry - DT</t>
   </si>
   <si>
-    <t>#45 Jon Weston - SS</t>
+    <t>#26 Jon Weston - CB</t>
   </si>
   <si>
     <t>#91 Sergio Gray - MLB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>#91 Rafael Kennedy - MLB</t>
   </si>
   <si>
     <t>#4 Antonio Carson - K</t>
   </si>
   <si>
     <t>TRT</t>
   </si>
   <si>
     <t>TRT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TRT 25 (15:00) 20-John Phillips ran to TRT 26 for 1 yards. Tackle by 57-Lee Richards.</t>
   </si>
   <si>
     <t>#19 Denis Silva - QB</t>
   </si>
   <si>
     <t>#20 John Phillips - RB</t>
   </si>
   <si>
     <t>#87 Jason Brooks - FB</t>
   </si>
   <si>
     <t>#84 Kirby Everette - TE</t>
   </si>
   <si>
     <t>#46 Hugh Hoeppner - WR</t>
   </si>
   <si>
     <t>#64 Andrew Christian - LT</t>
   </si>
   <si>
     <t>#63 Joe Dummer - LG</t>
   </si>
   <si>
-    <t>#61 Ralph Unruh - C</t>
+    <t>#79 Ralph Unruh - C</t>
   </si>
   <si>
     <t>#60 Dreem Weaver - RG</t>
   </si>
   <si>
     <t>#65 Benjamin Henderson - RT</t>
   </si>
   <si>
     <t>#91 Ricky Machuca - LDE</t>
   </si>
   <si>
     <t>#73 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#74 Craig Jones - DT</t>
   </si>
   <si>
     <t>#94 Sammy Halcomb - DT</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#98 Jeffery Holland - MLB</t>
   </si>
   <si>
     <t>#57 Lee Richards - WLB</t>
   </si>
   <si>
     <t>#21 Calvin Sutherland - CB</t>
   </si>
   <si>
     <t>#22 Timothy Jo - CB</t>
   </si>
   <si>
     <t>#41 Christian Agar - FS</t>
   </si>
   <si>
-    <t>#47 James Prunty - CB</t>
+    <t>#38 James Prunty - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>TRT 26</t>
   </si>
   <si>
     <t>Split Backs Normal TE Curl</t>
   </si>
   <si>
     <t>4-3 Normal LB Blitz Under Zone</t>
   </si>
   <si>
     <t>2-9-TRT 26 (14:25) 19-Denis Silva pass complete to 20-John Phillips to TRT 29 for 3 yards. Tackle by 20-Harold Sierra.</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#26 Clifford Shelton - CB</t>
   </si>
   <si>
     <t>#20 Harold Sierra - CB</t>
   </si>
   <si>
     <t>#40 James Castro - SS</t>
   </si>
   <si>
     <t>#45 William Platt - FS</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>TRT 29</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>3-6-TRT 29 (13:51) 19-Denis Silva pass complete to 46-Hugh Hoeppner to TRT 37 for 8 yards. 46-Hugh Hoeppner FUMBLES (26-Clifford Shelton) recovered by VDW-26-Clifford Shelton at TRT 39. Tackle by 84-Kirby Everette. Nice job by 46-Hugh Hoeppner on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#16 Milton Shivers - WR</t>
+    <t>#19 Milton Shivers - WR</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>TRT 39</t>
   </si>
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-TRT 39 (13:44) 2-Kevin Vasquez pass complete to 87-Omer Rice to TRT 38 for 1 yards. Tackle by 22-James Johnson.</t>
   </si>
   <si>
     <t>#2 Kevin Vasquez - QB</t>
   </si>
   <si>
     <t>#27 Kenneth Hart - RB</t>
   </si>
   <si>
     <t>#89 Steven Stephens - TE</t>
   </si>
   <si>
     <t>#13 Melvin Wheeler - WR</t>
   </si>
   <si>
-    <t>#10 Daniel Caron - WR</t>
+    <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
     <t>#87 Omer Rice - WR</t>
   </si>
   <si>
     <t>#72 Noel Pickett - LT</t>
   </si>
   <si>
-    <t>#63 Lee Dreiling - LG</t>
+    <t>#66 Lee Dreiling - RG</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#69 David Eggert - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
     <t>#73 Timothy Franco - DT</t>
   </si>
   <si>
     <t>#95 Miguel Moore - RDE</t>
   </si>
   <si>
     <t>#44 Mark Wright - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-10-TRT 25 (8:55) 20-John Phillips ran to TRT 33 for 8 yards. Tackle by 45-William Platt.</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>TRT 33</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-2-TRT 33 (8:13) 20-John Phillips ran to TRT 40 for 7 yards. Tackle by 53-Jeffery Holland.</t>
   </si>
   <si>
     <t>#85 Zachary Marroquin - TE</t>
   </si>
   <si>
-    <t>#49 John Schmidt - FS</t>
+    <t>#29 John Schmidt - CB</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>TRT 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TRT 40 (7:30) 20-John Phillips ran to TRT 44 for 4 yards. Tackle by 20-Harold Sierra.</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>Timeout TRT</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>2-8-VDW 24 (4:51) 19-Denis Silva pass Pass knocked down by 21-Calvin Sutherland. incomplete, intended for 46-Hugh Hoeppner.</t>
   </si>
   <si>
     <t>#86 Jon Shank - WR</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>3-8-VDW 24 (4:48) 20-John Phillips ran to VDW 24 for a short gain. Tackle by 91-Ricky Machuca.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>4-7-VDW 24 (4:03) 18-Donald Emery 41 yard field goal is GOOD. TRT 3 VDW 3</t>
   </si>
   <si>
     <t>#6 David Johnson - P</t>
   </si>
   <si>
     <t>#18 Donald Emery - K</t>
   </si>
   <si>
-    <t>#52 David Sollars - WLB</t>
+    <t>#98 David Sollars - WLB</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>TRT 35</t>
   </si>
   <si>
     <t>(4:00) 18-Donald Emery kicks 65 yards from TRT 35 to VDW 0. 13-Melvin Wheeler to VDW 24 for 25 yards. Tackle by 41-Jon Weston.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>Shotgun 4 Wide Slot Curl</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-VDW 24 (3:56) 2-Kevin Vasquez pass Pass knocked down by 37-Mark Wolfgang. incomplete, intended for 13-Melvin Wheeler.</t>
   </si>
   <si>
     <t>#72 Ronald Cabot - DT</t>
   </si>