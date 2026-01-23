--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -302,114 +302,114 @@
   <si>
     <t>(15:00) 14-Antonio Carson kicks 74 yards from VDW 35 to TRT -9. Touchback.</t>
   </si>
   <si>
     <t>#88 Clifford Quinton - WR</t>
   </si>
   <si>
     <t>#22 James Johnson - CB</t>
   </si>
   <si>
     <t>#98 Richard Jolly - MLB</t>
   </si>
   <si>
     <t>#94 Alan Duong - MLB</t>
   </si>
   <si>
     <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>#53 Wade Snyder - WLB</t>
   </si>
   <si>
     <t>#98 Jack Tarry - DT</t>
   </si>
   <si>
-    <t>#26 Jon Weston - CB</t>
+    <t>#27 Jon Weston - CB</t>
   </si>
   <si>
     <t>#91 Sergio Gray - MLB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>#91 Rafael Kennedy - MLB</t>
   </si>
   <si>
     <t>#4 Antonio Carson - K</t>
   </si>
   <si>
     <t>TRT</t>
   </si>
   <si>
     <t>TRT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TRT 25 (15:00) 20-John Phillips ran to TRT 26 for 1 yards. Tackle by 57-Lee Richards.</t>
   </si>
   <si>
     <t>#19 Denis Silva - QB</t>
   </si>
   <si>
     <t>#20 John Phillips - RB</t>
   </si>
   <si>
     <t>#87 Jason Brooks - FB</t>
   </si>
   <si>
-    <t>#84 Kirby Everette - TE</t>
+    <t>#44 Kirby Everette - FB</t>
   </si>
   <si>
     <t>#46 Hugh Hoeppner - WR</t>
   </si>
   <si>
     <t>#64 Andrew Christian - LT</t>
   </si>
   <si>
     <t>#63 Joe Dummer - LG</t>
   </si>
   <si>
     <t>#79 Ralph Unruh - C</t>
   </si>
   <si>
-    <t>#60 Dreem Weaver - RG</t>
-[...2 lines deleted...]
-    <t>#65 Benjamin Henderson - RT</t>
+    <t>#69 Dreem Weaver - RG</t>
+  </si>
+  <si>
+    <t>#77 Benjamin Henderson - RT</t>
   </si>
   <si>
     <t>#91 Ricky Machuca - LDE</t>
   </si>
   <si>
-    <t>#73 Samuel Williams - DT</t>
+    <t>#94 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#74 Craig Jones - DT</t>
   </si>
   <si>
     <t>#94 Sammy Halcomb - DT</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#98 Jeffery Holland - MLB</t>
   </si>
   <si>
     <t>#57 Lee Richards - WLB</t>
   </si>
   <si>
     <t>#21 Calvin Sutherland - CB</t>
   </si>
   <si>
     <t>#22 Timothy Jo - CB</t>
   </si>
   <si>
     <t>#41 Christian Agar - FS</t>
   </si>
@@ -476,54 +476,54 @@
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-TRT 39 (13:44) 2-Kevin Vasquez pass complete to 87-Omer Rice to TRT 38 for 1 yards. Tackle by 22-James Johnson.</t>
   </si>
   <si>
     <t>#2 Kevin Vasquez - QB</t>
   </si>
   <si>
     <t>#27 Kenneth Hart - RB</t>
   </si>
   <si>
     <t>#89 Steven Stephens - TE</t>
   </si>
   <si>
     <t>#13 Melvin Wheeler - WR</t>
   </si>
   <si>
     <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
     <t>#87 Omer Rice - WR</t>
   </si>
   <si>
-    <t>#72 Noel Pickett - LT</t>
-[...2 lines deleted...]
-    <t>#66 Lee Dreiling - RG</t>
+    <t>#65 Noel Pickett - LT</t>
+  </si>
+  <si>
+    <t>#66 Lee Dreiling - LG</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#69 David Eggert - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
     <t>#73 Timothy Franco - DT</t>
   </si>
   <si>
     <t>#95 Miguel Moore - RDE</t>
   </si>
   <si>
     <t>#44 Mark Wright - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>