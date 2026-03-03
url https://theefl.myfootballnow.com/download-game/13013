--- v2 (2026-01-23)
+++ v3 (2026-03-03)
@@ -299,141 +299,141 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Antonio Carson kicks 74 yards from VDW 35 to TRT -9. Touchback.</t>
   </si>
   <si>
     <t>#88 Clifford Quinton - WR</t>
   </si>
   <si>
     <t>#22 James Johnson - CB</t>
   </si>
   <si>
     <t>#98 Richard Jolly - MLB</t>
   </si>
   <si>
     <t>#94 Alan Duong - MLB</t>
   </si>
   <si>
     <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>#53 Wade Snyder - WLB</t>
   </si>
   <si>
-    <t>#98 Jack Tarry - DT</t>
+    <t>#98 Jack Tarry - RDE</t>
   </si>
   <si>
     <t>#27 Jon Weston - CB</t>
   </si>
   <si>
     <t>#91 Sergio Gray - MLB</t>
   </si>
   <si>
     <t>#35 Theodore Roybal - SS</t>
   </si>
   <si>
     <t>#91 Rafael Kennedy - MLB</t>
   </si>
   <si>
     <t>#4 Antonio Carson - K</t>
   </si>
   <si>
     <t>TRT</t>
   </si>
   <si>
     <t>TRT 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TRT 25 (15:00) 20-John Phillips ran to TRT 26 for 1 yards. Tackle by 57-Lee Richards.</t>
   </si>
   <si>
     <t>#19 Denis Silva - QB</t>
   </si>
   <si>
     <t>#20 John Phillips - RB</t>
   </si>
   <si>
     <t>#87 Jason Brooks - FB</t>
   </si>
   <si>
-    <t>#44 Kirby Everette - FB</t>
+    <t>#41 Kirby Everette - FB</t>
   </si>
   <si>
     <t>#46 Hugh Hoeppner - WR</t>
   </si>
   <si>
     <t>#64 Andrew Christian - LT</t>
   </si>
   <si>
     <t>#63 Joe Dummer - LG</t>
   </si>
   <si>
     <t>#79 Ralph Unruh - C</t>
   </si>
   <si>
     <t>#69 Dreem Weaver - RG</t>
   </si>
   <si>
     <t>#77 Benjamin Henderson - RT</t>
   </si>
   <si>
     <t>#91 Ricky Machuca - LDE</t>
   </si>
   <si>
     <t>#94 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#74 Craig Jones - DT</t>
   </si>
   <si>
     <t>#94 Sammy Halcomb - DT</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#98 Jeffery Holland - MLB</t>
   </si>
   <si>
     <t>#57 Lee Richards - WLB</t>
   </si>
   <si>
     <t>#21 Calvin Sutherland - CB</t>
   </si>
   <si>
     <t>#22 Timothy Jo - CB</t>
   </si>
   <si>
-    <t>#41 Christian Agar - FS</t>
+    <t>#45 Christian Agar - FS</t>
   </si>
   <si>
     <t>#38 James Prunty - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>TRT 26</t>
   </si>
   <si>
     <t>Split Backs Normal TE Curl</t>
   </si>
   <si>
     <t>4-3 Normal LB Blitz Under Zone</t>
   </si>
   <si>
     <t>2-9-TRT 26 (14:25) 19-Denis Silva pass complete to 20-John Phillips to TRT 29 for 3 yards. Tackle by 20-Harold Sierra.</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#26 Clifford Shelton - CB</t>
   </si>
@@ -473,57 +473,57 @@
   <si>
     <t>Shotgun Normal Short Attack</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-TRT 39 (13:44) 2-Kevin Vasquez pass complete to 87-Omer Rice to TRT 38 for 1 yards. Tackle by 22-James Johnson.</t>
   </si>
   <si>
     <t>#2 Kevin Vasquez - QB</t>
   </si>
   <si>
     <t>#27 Kenneth Hart - RB</t>
   </si>
   <si>
     <t>#89 Steven Stephens - TE</t>
   </si>
   <si>
     <t>#13 Melvin Wheeler - WR</t>
   </si>
   <si>
     <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
-    <t>#87 Omer Rice - WR</t>
+    <t>#89 Omer Rice - WR</t>
   </si>
   <si>
     <t>#65 Noel Pickett - LT</t>
   </si>
   <si>
-    <t>#66 Lee Dreiling - LG</t>
+    <t>#66 Lee Dreiling - RG</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#69 David Eggert - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
     <t>#73 Timothy Franco - DT</t>
   </si>
   <si>
     <t>#95 Miguel Moore - RDE</t>
   </si>
   <si>
     <t>#44 Mark Wright - FS</t>
   </si>
   <si>
     <t>13:04</t>
   </si>