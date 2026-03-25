--- v3 (2026-03-03)
+++ v4 (2026-03-25)
@@ -557,51 +557,51 @@
   <si>
     <t>1-10-TRT 27 (12:23) 2-Kevin Vasquez pass complete to 34-Jason Sanchez to TRT 19 for 9 yards. Tackle by 35-Theodore Roybal.</t>
   </si>
   <si>
     <t>#34 Jason Sanchez - RB</t>
   </si>
   <si>
     <t>#81 Charles King - TE</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>TRT 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-TRT 19 (11:39) 27-Kenneth Hart ran to TRT 17 for 2 yards. Tackle by 92-Sergio Gray.</t>
   </si>
   <si>
-    <t>#91 Carlos Roberts - WLB</t>
+    <t>#50 Carlos Roberts - WLB</t>
   </si>
   <si>
     <t>#34 Ronnie Moses - SS</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>TRT 17</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-TRT 17 (10:57) 2-Kevin Vasquez sacked at TRT 27 for -10 yards (53-Wade Snyder)</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>2-20-TRT 27 (10:23) PENALTY - False Start (VDW 87-Omer Rice)</t>
   </si>
@@ -752,63 +752,63 @@
   <si>
     <t>3-7-TRT 43 (6:11) 19-Denis Silva pass complete to 84-Kirby Everette to VDW 27 for 30 yards. Tackle by 53-Jeffery Holland. 84-Kirby Everette breaks down the CB.</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>VDW 27</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-VDW 27 (5:27) 19-Denis Silva pass complete to 32-Jordan Brumley to VDW 24 for 2 yards. Tackle by 20-Harold Sierra. VDW 90-James Hartnett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Willie Peters - FB</t>
   </si>
   <si>
     <t>#66 Joshua Gouin - RT</t>
   </si>
   <si>
     <t>#52 Daniel Nelsen - LG</t>
   </si>
   <si>
-    <t>#70 Elvin Wetzel - RT</t>
+    <t>#62 Elvin Wetzel - RT</t>
   </si>
   <si>
     <t>#90 James Hartnett - LDE</t>
   </si>
   <si>
     <t>#76 Philip Gamez - DT</t>
   </si>
   <si>
     <t>#50 Robert Winters - SLB</t>
   </si>
   <si>
-    <t>#58 Daniel Tipton - MLB</t>
+    <t>#56 Daniel Tipton - MLB</t>
   </si>
   <si>
     <t>#93 Jack Johnson - WLB</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>VDW 24</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-8-VDW 24 (4:51) 19-Denis Silva pass Pass knocked down by 21-Calvin Sutherland. incomplete, intended for 46-Hugh Hoeppner.</t>
   </si>
   <si>
     <t>#86 Jon Shank - WR</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>3-8-VDW 24 (4:48) 20-John Phillips ran to VDW 24 for a short gain. Tackle by 91-Ricky Machuca.</t>
   </si>
@@ -827,51 +827,51 @@
   <si>
     <t>#98 David Sollars - WLB</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>TRT 35</t>
   </si>
   <si>
     <t>(4:00) 18-Donald Emery kicks 65 yards from TRT 35 to VDW 0. 13-Melvin Wheeler to VDW 24 for 25 yards. Tackle by 41-Jon Weston.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>Shotgun 4 Wide Slot Curl</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-VDW 24 (3:56) 2-Kevin Vasquez pass Pass knocked down by 37-Mark Wolfgang. incomplete, intended for 13-Melvin Wheeler.</t>
   </si>
   <si>
-    <t>#72 Ronald Cabot - DT</t>
+    <t>#76 Ronald Cabot - DT</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-10-VDW 24 (3:52) 2-Kevin Vasquez pass complete to 89-Steven Stephens to VDW 35 for 10 yards. Tackle by 92-Sergio Gray.</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>Weak I Normal All Go</t>
   </si>
   <si>
     <t>1-10-VDW 35 (3:11) 2-Kevin Vasquez ran to VDW 42 for 8 yards. 2-Kevin Vasquez slides to avoid being hit.</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>VDW 42</t>
   </si>