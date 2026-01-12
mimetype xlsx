--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -305,51 +305,51 @@
   <si>
     <t>#31 Randy Wood - RB</t>
   </si>
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
     <t>#22 Clarence Sweet - SS</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
     <t>#25 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#54 Laverne Fowler - MLB</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>#21 Christopher Howerton - CB</t>
   </si>
   <si>
-    <t>#56 Henry Culbert - WLB</t>
+    <t>#51 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#52 Jack Marshall - DT</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>
   <si>
     <t>CGW 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TAL 25 (15:00) 8-Mark Garcia pass complete to 87-Clarence Walter to TAL 27 for 2 yards. Tackle by 33-Clinton Jackson.</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#85 Brian Canty - TE</t>
   </si>
   <si>
     <t>#87 Clarence Walter - WR</t>
   </si>
   <si>
     <t>#10 Tim Mantooth - WR</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#50 Marion Livingston - LT</t>
   </si>
   <si>
     <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
     <t>#74 Willie Alexander - LT</t>
   </si>
   <si>
-    <t>#96 James Isler - LDE</t>
+    <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#99 Roy Potter - RDE</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#92 Jacob Chase - RDE</t>
   </si>
   <si>
     <t>#90 Lonnie Stewart - MLB</t>
   </si>
   <si>
     <t>#99 Harrison Braun - MLB</t>
   </si>
   <si>
     <t>#7 Louis Bailey - WLB</t>
   </si>
   <si>
     <t>#2 Clinton Jackson - CB</t>
   </si>
   <si>
     <t>#21 William Perkins - CB</t>
   </si>
@@ -473,96 +473,96 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-TAL 17 (13:32) 3-Jamel Best punts 47 yards to CAN 36. 31-John Stromain to CAN 47 for 12 yards. Tackle by 59-Edward Han.</t>
   </si>
   <si>
     <t>#3 Jamel Best - P</t>
   </si>
   <si>
     <t>#31 John Stromain - SS</t>
   </si>
   <si>
     <t>#19 Jerome Cline - WR</t>
   </si>
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#25 Robert Fox - RB</t>
   </si>
   <si>
     <t>#90 Roosevelt Murray - DT</t>
   </si>
   <si>
-    <t>#49 James Young - FB</t>
+    <t>#44 James Young - FB</t>
   </si>
   <si>
     <t>#93 Sean Bible - WLB</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#63 Kenneth Wilkins - LG</t>
   </si>
   <si>
     <t>#54 Brian Edwards - WLB</t>
   </si>
   <si>
-    <t>#56 Robert Bates - RDE</t>
+    <t>#78 Robert Bates - RDE</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>CCr 47</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CAN 47 (13:23) 27-Darin Cron ran to CAN 47 for a short loss. Tackle by 75-Charles Tate. CAN 88-Reyes Hughes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 Jon Johnson - QB</t>
   </si>
   <si>
     <t>#27 Darin Cron - RB</t>
   </si>
   <si>
     <t>#44 Ernesto Grant - TE</t>
   </si>
   <si>
     <t>#80 James Thompson - TE</t>
   </si>
   <si>
-    <t>#40 Reyes Hughes - FB</t>
+    <t>#27 Reyes Hughes - FB</t>
   </si>
   <si>
     <t>#83 Jeremy Stoner - WR</t>
   </si>
   <si>
     <t>#70 John Whitsett - LT</t>
   </si>
   <si>
     <t>#62 Randal Boyd - RT</t>
   </si>
   <si>
     <t>#62 Raymond Tucker - C</t>
   </si>
   <si>
     <t>#69 Harold Leal - LG</t>
   </si>
   <si>
     <t>#60 Richard Goodwin - RT</t>
   </si>
   <si>
     <t>#20 Steve Shields - LDE</t>
   </si>
   <si>
     <t>#75 Charles Tate - RDE</t>
   </si>