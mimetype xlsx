--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -461,51 +461,51 @@
   <si>
     <t>3-18-TAL 17 (13:36) 8-Mark Garcia pass Pass knocked down by 21-William Perkins. incomplete, intended for 11-Brent Tollison. Pressure by 54-Roy Potter.</t>
   </si>
   <si>
     <t>#19 Joseph Partin - WR</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-TAL 17 (13:32) 3-Jamel Best punts 47 yards to CAN 36. 31-John Stromain to CAN 47 for 12 yards. Tackle by 59-Edward Han.</t>
   </si>
   <si>
     <t>#3 Jamel Best - P</t>
   </si>
   <si>
     <t>#31 John Stromain - SS</t>
   </si>
   <si>
-    <t>#19 Jerome Cline - WR</t>
+    <t>#80 Jerome Cline - WR</t>
   </si>
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#25 Robert Fox - RB</t>
   </si>
   <si>
     <t>#90 Roosevelt Murray - DT</t>
   </si>
   <si>
     <t>#44 James Young - FB</t>
   </si>
   <si>
     <t>#93 Sean Bible - WLB</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#63 Kenneth Wilkins - LG</t>
   </si>
   <si>
     <t>#54 Brian Edwards - WLB</t>
   </si>