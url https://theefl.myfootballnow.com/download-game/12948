--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>CCr 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Jerry Horne kicks 74 yards from CAN 35 to TAL -9. Touchback.</t>
   </si>
   <si>
     <t>#31 Randy Wood - RB</t>
   </si>
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
     <t>#22 Clarence Sweet - SS</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
-    <t>#25 Shane Olsen - CB</t>
+    <t>#44 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#54 Laverne Fowler - MLB</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>#21 Christopher Howerton - CB</t>
   </si>
   <si>
     <t>#51 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#52 Jack Marshall - DT</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>