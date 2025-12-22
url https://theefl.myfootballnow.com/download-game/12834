--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -290,66 +290,66 @@
   <si>
     <t>BaB</t>
   </si>
   <si>
     <t>BaB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Edwin McKenzie kicks 71 yards from GFG 35 to TLH -6. 13-Donald Stuber to TLH 31 for 38 yards. Tackle by 10-Edwin McKenzie. GFG 94-Courtney Corbin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Donald Stuber - WR</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
   <si>
     <t>#99 Reginald Solomon - SLB</t>
   </si>
   <si>
-    <t>#54 Leo Negrete - DT</t>
+    <t>#53 Leo Negrete - DT</t>
   </si>
   <si>
     <t>#21 Troy Ward - CB</t>
   </si>
   <si>
     <t>#91 Frank Garcia - DT</t>
   </si>
   <si>
     <t>#51 Kim Peters - RDE</t>
   </si>
   <si>
     <t>#45 Richard Palermo - CB</t>
   </si>
   <si>
-    <t>#96 Christopher Coachman - MLB</t>
+    <t>#91 Christopher Coachman - MLB</t>
   </si>
   <si>
     <t>#71 Bryan Betancourt - DT</t>
   </si>
   <si>
     <t>#37 Leon Eastland - CB</t>
   </si>
   <si>
     <t>#10 Edwin McKenzie - K</t>
   </si>
   <si>
     <t>TLH</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>TLH 31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-14-GFG 36 (7:22) 14-Jesse Gilbert pass incomplete, intended for 13-Donald Stuber.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-GFG 36 (7:19) 5-Matthew Gibbs 54 yard field goal is GOOD. PENALTY - Offsides (GFG 68-Jerry Reiley) (Declined) TLH 3 GFG 0</t>
   </si>
   <si>
     <t>#4 Matthew Gibbs - K</t>
   </si>
   <si>
     <t>#65 Benjamin Henderson - RT</t>
   </si>
   <si>
-    <t>#63 Maurice Norton - RT</t>
+    <t>#63 Maurice Norton - LG</t>
   </si>
   <si>
     <t>#55 Owen Littlefield - SLB</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>(7:16) 5-Matthew Gibbs kicks 67 yards from TLH 35 to GFG -2. Touchback.</t>
   </si>
   <si>
     <t>BaB 25</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-GFG 25 (7:16) 33-Scott Shields ran to GFG 24 for -1 yards. Tackle by 64-Carl Cashwell.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
@@ -1418,51 +1418,51 @@
   <si>
     <t>1-10-GFG 21 (7:09) 33-Scott Shields ran to GFG 26 for 5 yards. Tackle by 25-Marco Smith.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-5-GFG 26 (6:26) 5-Gary Rose pass complete to 88-Roberto Syed to GFG 36 for 10 yards. Tackle by 99-Reginald Solomon. TLH 99-Reginald Solomon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>1-10-GFG 36 (5:48) 33-Scott Shields ran to GFG 34 for -2 yards. Tackle by 45-Richard Palermo. GFG 32-George Olive was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>2-12-GFG 34 (5:11) PENALTY - False Start (GFG 5-Gary Rose)</t>
   </si>
   <si>
-    <t>#93 Richard Drewes - SLB</t>
+    <t>#92 Richard Drewes - SLB</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>BaB 29</t>
   </si>
   <si>
     <t>2-17-GFG 29 (5:11) 5-Gary Rose pass incomplete, dropped by 85-Julian Dorey. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>3-17-GFG 29 (5:09) 5-Gary Rose pass complete to 88-Roberto Syed to GFG 37 for 7 yards. Tackle by 37-Leon Eastland.</t>
   </si>
   <si>
     <t>#37 Kevin Porter - RB</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>4-9-GFG 37 (4:29) 15-Patrick Martinez punts 45 yards to TLH 19. 13-Donald Stuber to TLH 37 for 19 yards.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>