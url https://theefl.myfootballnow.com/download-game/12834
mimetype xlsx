--- v1 (2025-12-22)
+++ v2 (2026-01-21)
@@ -521,51 +521,51 @@
   <si>
     <t>#83 Roberto Syed - TE</t>
   </si>
   <si>
     <t>#85 Lloyd Lingle - TE</t>
   </si>
   <si>
     <t>#89 Dana Smeltzer - WR</t>
   </si>
   <si>
     <t>#79 Jose Padilla - RT</t>
   </si>
   <si>
     <t>#59 Vincent Smith - RG</t>
   </si>
   <si>
     <t>#66 Christopher Mattes - C</t>
   </si>
   <si>
     <t>#54 Carl Lyons - RG</t>
   </si>
   <si>
     <t>#64 Patrick Chambers - RT</t>
   </si>
   <si>
-    <t>#66 Werner Hoyt - LDE</t>
+    <t>#51 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>#58 Justin Hunt - WLB</t>
   </si>
   <si>
     <t>#25 Marco Smith - CB</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>BaB 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-GFG 19 (12:44) 33-Scott Shields ran to GFG 24 for 5 yards. Tackle by 51-Curtis Fletcher.</t>
   </si>
   <si>
     <t>#42 Brett Williams - RB</t>
   </si>
@@ -716,54 +716,54 @@
   <si>
     <t>BaB 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-14-GFG 36 (7:22) 14-Jesse Gilbert pass incomplete, intended for 13-Donald Stuber.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-GFG 36 (7:19) 5-Matthew Gibbs 54 yard field goal is GOOD. PENALTY - Offsides (GFG 68-Jerry Reiley) (Declined) TLH 3 GFG 0</t>
   </si>
   <si>
     <t>#4 Matthew Gibbs - K</t>
   </si>
   <si>
-    <t>#65 Benjamin Henderson - RT</t>
-[...2 lines deleted...]
-    <t>#63 Maurice Norton - LG</t>
+    <t>#77 Benjamin Henderson - RT</t>
+  </si>
+  <si>
+    <t>#63 Maurice Norton - RG</t>
   </si>
   <si>
     <t>#55 Owen Littlefield - SLB</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>(7:16) 5-Matthew Gibbs kicks 67 yards from TLH 35 to GFG -2. Touchback.</t>
   </si>
   <si>
     <t>BaB 25</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-GFG 25 (7:16) 33-Scott Shields ran to GFG 24 for -1 yards. Tackle by 64-Carl Cashwell.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>