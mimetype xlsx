--- v2 (2026-01-21)
+++ v3 (2026-03-22)
@@ -290,60 +290,60 @@
   <si>
     <t>BaB</t>
   </si>
   <si>
     <t>BaB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Edwin McKenzie kicks 71 yards from GFG 35 to TLH -6. 13-Donald Stuber to TLH 31 for 38 yards. Tackle by 10-Edwin McKenzie. GFG 94-Courtney Corbin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Donald Stuber - WR</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
   <si>
     <t>#99 Reginald Solomon - SLB</t>
   </si>
   <si>
-    <t>#53 Leo Negrete - DT</t>
+    <t>#53 Leo Negrete - SLB</t>
   </si>
   <si>
     <t>#21 Troy Ward - CB</t>
   </si>
   <si>
     <t>#91 Frank Garcia - DT</t>
   </si>
   <si>
-    <t>#51 Kim Peters - RDE</t>
+    <t>#37 Kim Peters - FS</t>
   </si>
   <si>
     <t>#45 Richard Palermo - CB</t>
   </si>
   <si>
     <t>#91 Christopher Coachman - MLB</t>
   </si>
   <si>
     <t>#71 Bryan Betancourt - DT</t>
   </si>
   <si>
     <t>#37 Leon Eastland - CB</t>
   </si>
   <si>
     <t>#10 Edwin McKenzie - K</t>
   </si>
   <si>
     <t>TLH</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>TLH 31</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-14-GFG 36 (7:22) 14-Jesse Gilbert pass incomplete, intended for 13-Donald Stuber.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-GFG 36 (7:19) 5-Matthew Gibbs 54 yard field goal is GOOD. PENALTY - Offsides (GFG 68-Jerry Reiley) (Declined) TLH 3 GFG 0</t>
   </si>
   <si>
     <t>#4 Matthew Gibbs - K</t>
   </si>
   <si>
     <t>#77 Benjamin Henderson - RT</t>
   </si>
   <si>
-    <t>#63 Maurice Norton - RG</t>
+    <t>#63 Maurice Norton - LG</t>
   </si>
   <si>
     <t>#55 Owen Littlefield - SLB</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>(7:16) 5-Matthew Gibbs kicks 67 yards from TLH 35 to GFG -2. Touchback.</t>
   </si>
   <si>
     <t>BaB 25</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-GFG 25 (7:16) 33-Scott Shields ran to GFG 24 for -1 yards. Tackle by 64-Carl Cashwell.</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
@@ -1433,51 +1433,51 @@
   <si>
     <t>1-10-GFG 36 (5:48) 33-Scott Shields ran to GFG 34 for -2 yards. Tackle by 45-Richard Palermo. GFG 32-George Olive was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>2-12-GFG 34 (5:11) PENALTY - False Start (GFG 5-Gary Rose)</t>
   </si>
   <si>
     <t>#92 Richard Drewes - SLB</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>BaB 29</t>
   </si>
   <si>
     <t>2-17-GFG 29 (5:11) 5-Gary Rose pass incomplete, dropped by 85-Julian Dorey. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>3-17-GFG 29 (5:09) 5-Gary Rose pass complete to 88-Roberto Syed to GFG 37 for 7 yards. Tackle by 37-Leon Eastland.</t>
   </si>
   <si>
-    <t>#37 Kevin Porter - RB</t>
+    <t>#34 Kevin Porter - RB</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>4-9-GFG 37 (4:29) 15-Patrick Martinez punts 45 yards to TLH 19. 13-Donald Stuber to TLH 37 for 19 yards.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>1-10-TLH 37 (4:18) 14-Jesse Gilbert pass complete to 83-Edward Smith to TLH 43 for 6 yards. Tackle by 47-Randolph Clark.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>2-4-TLH 43 (3:41) 14-Jesse Gilbert pass complete to 13-Donald Stuber to GFG 45 for 12 yards. Tackle by 45-Marvin Hernandez.</t>
   </si>
   <si>
     <t>2:59</t>
   </si>
   <si>
     <t>BaB 45</t>
   </si>