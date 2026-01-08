--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -335,138 +335,138 @@
   <si>
     <t>#42 Andrew Head - FS</t>
   </si>
   <si>
     <t>#4 Antonio Carson - K</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>HHH 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-HHH 25 (15:00) 34-Brian Connelly ran to HHH 25 for a short gain. Tackle by 90-David Williams.</t>
   </si>
   <si>
     <t>#5 John Scott - QB</t>
   </si>
   <si>
-    <t>#40 Leland Bolling - FB</t>
+    <t>#81 Leland Bolling - TE</t>
   </si>
   <si>
     <t>#83 Henry Bryant - TE</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
     <t>#81 Paul Verduzco - WR</t>
   </si>
   <si>
     <t>#73 Robert Semmes - LT</t>
   </si>
   <si>
     <t>#51 Heath Carpenter - LG</t>
   </si>
   <si>
-    <t>#64 Kent Hill - C</t>
+    <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#52 Vernon Cousin - RG</t>
   </si>
   <si>
     <t>#73 Kenneth Baugh - RT</t>
   </si>
   <si>
     <t>#90 David Williams - DT</t>
   </si>
   <si>
     <t>#59 James Cates - MLB</t>
   </si>
   <si>
     <t>#61 Pedro Hart - DT</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#54 James Sims - WLB</t>
   </si>
   <si>
     <t>#98 Jeffery Holland - MLB</t>
   </si>
   <si>
     <t>#58 Daniel Tipton - MLB</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#36 James Atchison - CB</t>
   </si>
   <si>
-    <t>#37 Mark Wolfgang - CB</t>
+    <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>#41 Christian Agar - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-HHH 25 (14:25) 5-John Scott pass incomplete, dropped by 14-Jay Gordon. Pressure by 96-Harold Jones.</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-10-HHH 25 (14:21) 5-John Scott pass complete to 88-Christopher Ballard to HHH 31 for 6 yards. Tackle by 39-Calvin Sutherland.</t>
   </si>
   <si>
     <t>#86 Byron Carroll - TE</t>
   </si>
   <si>
-    <t>#73 Samuel Williams - DT</t>
+    <t>#94 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#91 Ricky Machuca - LDE</t>
   </si>
   <si>
     <t>#52 Joseph Barnett - WLB</t>
   </si>
   <si>
     <t>#21 Calvin Sutherland - CB</t>
   </si>
   <si>
     <t>#40 James Castro - SS</t>
   </si>
   <si>
     <t>#22 Timothy Jo - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>HHH 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-DDW 23 (13:40) 2-Kevin Vasquez pass Pass knocked down by 33-Joshua Stone. incomplete, intended for 10-Daniel Caron. Pressure by 74-James Flournoy.</t>
   </si>
   <si>
     <t>#2 Kevin Vasquez - QB</t>
   </si>
   <si>
     <t>#21 Paul McCullough - RB</t>
   </si>
   <si>
     <t>#27 Kenneth Hart - RB</t>
   </si>
   <si>
     <t>#16 Jon Johnson - WR</t>
   </si>
   <si>
     <t>#13 Melvin Wheeler - WR</t>
   </si>
   <si>
-    <t>#10 Daniel Caron - WR</t>
+    <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
     <t>#69 Paul McAllister - RG</t>
   </si>
   <si>
     <t>#64 Scott Batts - RG</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#61 Michael Sykes - LG</t>
   </si>
   <si>
     <t>#70 James Weeks - LT</t>
   </si>
   <si>
     <t>#51 Jimmy Locklin - DT</t>
   </si>
   <si>
     <t>#60 David Bigelow - RDE</t>
   </si>
   <si>
     <t>#33 Joshua Stone - CB</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>VDW 17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-19-DDW 17 (5:02) 2-Kevin Vasquez pass complete to 10-Daniel Caron for 83 yards. TOUCHDOWN! HHH 0 DDW 9</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>HHH 15</t>
   </si>
   <si>
     <t>(4:50) Extra point GOOD by 14-Antonio Carson. HHH 0 DDW 10</t>
   </si>
   <si>
-    <t>#63 Lee Dreiling - LG</t>
+    <t>#66 Lee Dreiling - RG</t>
   </si>
   <si>
     <t>#97 Robert Jenkins - MLB</t>
   </si>
   <si>
     <t>#97 Frank Lipscomb - RDE</t>
   </si>
   <si>
     <t>#92 Jeffrey Wilson - MLB</t>
   </si>
   <si>
     <t>(4:50) 14-Antonio Carson kicks 63 yards from DDW 35 to HHH 2. 34-Brian Connelly to HHH 22 for 19 yards. Tackle by 22-Timothy Jo.</t>
   </si>
   <si>
     <t>#68 Burt Martinez - DT</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>HHH 22</t>
   </si>
   <si>
     <t>1-10-HHH 22 (4:47) 5-John Scott pass Pass knocked down by 97-Jeffery Holland. incomplete, intended for 14-Jay Gordon.</t>
   </si>