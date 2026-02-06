--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -392,51 +392,51 @@
   <si>
     <t>#61 Pedro Hart - DT</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#54 James Sims - WLB</t>
   </si>
   <si>
     <t>#98 Jeffery Holland - MLB</t>
   </si>
   <si>
     <t>#58 Daniel Tipton - MLB</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#36 James Atchison - CB</t>
   </si>
   <si>
     <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
-    <t>#41 Christian Agar - FS</t>
+    <t>#45 Christian Agar - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-HHH 25 (14:25) 5-John Scott pass incomplete, dropped by 14-Jay Gordon. Pressure by 96-Harold Jones.</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-10-HHH 25 (14:21) 5-John Scott pass complete to 88-Christopher Ballard to HHH 31 for 6 yards. Tackle by 39-Calvin Sutherland.</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>4-3 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>3-11-DDW 21 (12:51) 2-Kevin Vasquez pass incomplete, intended for 89-Steven Stephens. DDW 29-Jonathon Davis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#29 Jonathon Davis - RB</t>
   </si>
   <si>
     <t>#89 Steven Stephens - TE</t>
   </si>
   <si>
     <t>#23 Alejandro East - SLB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>4-11-DDW 21 (12:48) 3-Myron Cooper punts 46 yards to HHH 32. 34-Brian Connelly to HHH 42 for 10 yards. Tackle by 27-Kenneth Hart.</t>
   </si>
   <si>
     <t>#3 Myron Cooper - P</t>
   </si>
   <si>
-    <t>#72 Noel Pickett - LT</t>
+    <t>#65 Noel Pickett - LT</t>
   </si>
   <si>
     <t>#98 Carmen Dewees - SLB</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>HHH 42</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-HHH 42 (12:39) 5-John Scott pass complete to 81-Paul Verduzco to DDW 48 for 10 yards. Tackle by 37-Mark Wolfgang.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>VDW 48</t>
   </si>