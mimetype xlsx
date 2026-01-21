--- v0 (2025-12-22)
+++ v1 (2026-01-21)
@@ -290,51 +290,51 @@
   <si>
     <t>BBd</t>
   </si>
   <si>
     <t>BBd 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Elmer Ramirez kicks 74 yards from BEN 35 to TAC -9. Touchback.</t>
   </si>
   <si>
     <t>#83 Scott Martell - WR</t>
   </si>
   <si>
     <t>#71 Gary Foster - DT</t>
   </si>
   <si>
     <t>#52 Alberto Noble - DT</t>
   </si>
   <si>
-    <t>#93 Marshall Kemp - WLB</t>
+    <t>#93 Marshall Kemp - SLB</t>
   </si>
   <si>
     <t>#38 Gustavo Rowland - CB</t>
   </si>
   <si>
     <t>#91 John Cunningham - WLB</t>
   </si>
   <si>
     <t>#99 Ezekiel Ochs - RDE</t>
   </si>
   <si>
     <t>#1 Harry Vance - FS</t>
   </si>
   <si>
     <t>#48 Mark Sanchez - FS</t>
   </si>
   <si>
     <t>#36 Shawn Winkles - CB</t>
   </si>
   <si>
     <t>#51 Joseph Williams - MLB</t>
   </si>
   <si>
     <t>#16 Elmer Ramirez - K</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>#57 Albert Labbe - MLB</t>
   </si>
   <si>
     <t>#48 Calvin Rigdon - CB</t>
   </si>
   <si>
     <t>#24 Moises Hughes - SS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>BBd 42</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BEN 42 (13:30) 27-David Stanek ran to BEN 48 for 6 yards. Tackle by 24-Moises Hughes.</t>
   </si>
   <si>
-    <t>#40 Brian Burkett - LT</t>
+    <t>#62 Brian Burkett - LT</t>
   </si>
   <si>
     <t>#52 Donte Little - SLB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>BBd 48</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-4-BEN 48 (12:49) 5-Jonathan Durand pass complete to 1-James Henning to BEN 48 for a short gain. Tackle by 36-Shawn Winkles.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>