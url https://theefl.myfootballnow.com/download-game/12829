--- v1 (2026-01-21)
+++ v2 (2026-02-20)
@@ -455,51 +455,51 @@
   <si>
     <t>#9 Jonathan Durand - QB</t>
   </si>
   <si>
     <t>#8 David Stanek - FB</t>
   </si>
   <si>
     <t>#86 Steven Thomas - TE</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#15 Damon Oliver - WR</t>
   </si>
   <si>
     <t>#84 Alfred Sherman - TE</t>
   </si>
   <si>
     <t>#69 Jose Hernandez - C</t>
   </si>
   <si>
     <t>#57 Larry Faulkner - RG</t>
   </si>
   <si>
-    <t>#71 Glen Fairchild - C</t>
+    <t>#62 Glen Fairchild - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#73 Christopher Perkins - RDE</t>
   </si>
   <si>
     <t>#62 Kyle Plaisance - RDE</t>
   </si>
   <si>
     <t>#57 Albert Labbe - MLB</t>
   </si>
   <si>
     <t>#48 Calvin Rigdon - CB</t>
   </si>
   <si>
     <t>#24 Moises Hughes - SS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-9-TAC 49 (6:51) 15-Gary Robbins pass Pass knocked down by 97-Kim Dickinson. incomplete, intended for 89-Greg Omalley.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-9-TAC 49 (6:48) 15-Gary Robbins pass complete to 81-Winfred Cole to BEN 45 for 6 yards. Tackle by 54-Giovanni Valdes. 81-Winfred Cole breaks down the CB. Pressure by 73-William Golson.</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>4-3-BEN 45 (6:07) 18-Adam Williams punts 48 yards to BEN -3.4-3-BEN 45 (6:07) 18-Adam Williams punts 48 yards to BEN -3. Touchback.</t>
   </si>
   <si>
     <t>#18 Adam Williams - P</t>
   </si>
   <si>
-    <t>#94 Harvey Marin - MLB</t>
+    <t>#96 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>BBd 20</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BEN 20 (5:59) 27-David Stanek ran to BEN 19 for -1 yards. Tackle by 24-Moises Hughes.</t>
   </si>
   <si>
     <t>#83 Daniel Brown - TE</t>
   </si>
   <si>
     <t>5:27</t>
   </si>