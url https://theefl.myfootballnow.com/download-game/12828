--- v0 (2025-11-04)
+++ v1 (2026-02-01)
@@ -299,66 +299,66 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Gregory Dejean kicks 75 yards from ATC 35 to TAL -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Brent Tollison - WR</t>
   </si>
   <si>
     <t>#52 Jack Marshall - DT</t>
   </si>
   <si>
     <t>#91 Christopher Reeves - RDE</t>
   </si>
   <si>
     <t>#21 Christopher Howerton - CB</t>
   </si>
   <si>
     <t>#67 Eugene Purdy - LDE</t>
   </si>
   <si>
     <t>#54 Laverne Fowler - MLB</t>
   </si>
   <si>
-    <t>#56 Henry Culbert - WLB</t>
+    <t>#51 Henry Culbert - WLB</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
     <t>#52 Lorenzo Newsome - DT</t>
   </si>
   <si>
     <t>#38 David Garcia - RB</t>
   </si>
   <si>
     <t>#90 Bruce Sanchez - WLB</t>
   </si>
   <si>
-    <t>#9 Gregory Dejean - K</t>
+    <t>#18 Gregory Dejean - K</t>
   </si>
   <si>
     <t>CGW</t>
   </si>
   <si>
     <t>CGW 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TAL 25 (15:00) 13-Travis Shaw ran to TAL 36 for 11 yards. Tackle by 35-Felix Alfonso.</t>
   </si>
   <si>
     <t>#8 Mark Garcia - QB</t>
   </si>
   <si>
     <t>#13 Travis Shaw - WR</t>
   </si>
   <si>
     <t>#85 Brian Canty - TE</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#50 Marion Livingston - LT</t>
   </si>
   <si>
     <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#55 Mike Zuniga - LT</t>
   </si>
   <si>
     <t>#74 Willie Alexander - LT</t>
   </si>
   <si>
     <t>#11 Francis Falcone - RDE</t>
   </si>
   <si>
     <t>#91 Jim Grover - DT</t>
   </si>
   <si>
     <t>#99 Matt Burgess - DT</t>
   </si>
   <si>
-    <t>#77 Philip Espinoza - RDE</t>
+    <t>#77 Philip Espinoza - LDE</t>
   </si>
   <si>
     <t>#59 Jack White - MLB</t>
   </si>
   <si>
     <t>#53 Jose Hammonds - WLB</t>
   </si>
   <si>
     <t>#35 Felix Alfonso - CB</t>
   </si>
   <si>
     <t>#32 Maurice Kistler - CB</t>
   </si>
   <si>
     <t>#33 William Cruz - FS</t>
   </si>
   <si>
     <t>#25 Michael Stevenson - SS</t>
   </si>
   <si>
     <t>#44 Ken Gonzales - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
@@ -614,84 +614,84 @@
   <si>
     <t>#62 Patrick Landry - LG</t>
   </si>
   <si>
     <t>#99 Glenn White - LDE</t>
   </si>
   <si>
     <t>#53 Thomas Duran - SLB</t>
   </si>
   <si>
     <t>#98 John Hayes - DT</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>(8:05) 18-Richard Elliott kicks 75 yards from TAL 35 to ATC -10. Touchback.</t>
   </si>
   <si>
     <t>#82 Ross Babcock - WR</t>
   </si>
   <si>
     <t>#75 Aaron Palmer - RG</t>
   </si>
   <si>
-    <t>#84 Richard Magno - WR</t>
+    <t>#18 Richard Magno - WR</t>
   </si>
   <si>
     <t>ATC 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-ATC 25 (8:05) 2-Harold Elkins pass complete to 82-Ross Babcock to ATC 35 for 10 yards. Tackle by 45-Austin Biles.</t>
   </si>
   <si>
     <t>#16 Harold Elkins - QB</t>
   </si>
   <si>
     <t>#21 Joseph Michie - RB</t>
   </si>
   <si>
     <t>#38 Homer Alejos - FB</t>
   </si>
   <si>
-    <t>#74 Boyd Duncan - TE</t>
+    <t>#74 Boyd Duncan - RG</t>
   </si>
   <si>
     <t>#65 Larry Lewis - RG</t>
   </si>
   <si>
     <t>#62 Leonardo Glenn - LG</t>
   </si>
   <si>
-    <t>#60 Pedro White - C</t>
-[...2 lines deleted...]
-    <t>#61 Jose Burress - RT</t>
+    <t>#62 Pedro White - RT</t>
+  </si>
+  <si>
+    <t>#61 Jose Burress - LT</t>
   </si>
   <si>
     <t>#20 Steve Shields - LDE</t>
   </si>
   <si>
     <t>#70 Robert Sullivan - DT</t>
   </si>
   <si>
     <t>#65 Kenneth Frye - DT</t>
   </si>
   <si>
     <t>#66 Gilbert Allen - RDE</t>
   </si>
   <si>
     <t>#22 Chad Baird - CB</t>
   </si>
   <si>
     <t>#45 Austin Biles - CB</t>
   </si>
   <si>
     <t>#25 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#25 Fred Hyman - FS</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>4-6-TAL 46 (0:16) 17-Micheal Webb punts 40 yards to ATC 13.</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>ATC 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-ATC 13 (0:08) 21-Joseph Michie ran to ATC 17 for 3 yards. Tackle by 40-Shane Olsen.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 18-Richard Elliott kicks 76 yards from TAL 35 to ATC -11. Touchback.</t>
   </si>
   <si>
-    <t>#54 Frank Longfellow - MLB</t>
+    <t>#40 Frank Longfellow - SS</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-ATC 25 (15:00) 2-Harold Elkins pass Pass knocked down by 40-Shane Olsen. incomplete, intended for 21-Joseph Michie.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>2-10-ATC 25 (14:57) 21-Joseph Michie ran to ATC 22 for -3 yards. Tackle by 97-Oscar Hayes. ATC 60-Pedro White was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>ATC 22</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-13-ATC 22 (14:19) 2-Harold Elkins pass complete to 38-Homer Alejos to TAL 38 for 39 yards. Nice job by 38-Homer Alejos on that route to lose his coverage.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
@@ -2182,51 +2182,51 @@
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>