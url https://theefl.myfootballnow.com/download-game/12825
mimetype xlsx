--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -344,51 +344,51 @@
   <si>
     <t>CBR 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-CBR 25 (15:00) 13-Joe Vargas pass complete to 82-Thomas Campbell to CBR 29 for 4 yards. Tackle by 20-David McGuire.</t>
   </si>
   <si>
     <t>#13 Joe Vargas - QB</t>
   </si>
   <si>
     <t>#30 Jonathan Ludwig - RB</t>
   </si>
   <si>
     <t>#83 Carlos Smith - TE</t>
   </si>
   <si>
     <t>#81 Franklin Clair - WR</t>
   </si>
   <si>
-    <t>#82 Thomas Campbell - WR</t>
+    <t>#88 Thomas Campbell - WR</t>
   </si>
   <si>
     <t>#84 Stan Sanders - WR</t>
   </si>
   <si>
     <t>#68 Jason Sanders - LT</t>
   </si>
   <si>
     <t>#75 Darrell Jensen - LG</t>
   </si>
   <si>
     <t>#71 Jaime Gomesano - C</t>
   </si>
   <si>
     <t>#70 Stanley Callahan - RG</t>
   </si>
   <si>
     <t>#66 Robert English - RT</t>
   </si>
   <si>
     <t>#61 Kenneth Romo - LDE</t>
   </si>
   <si>
     <t>#97 Gerald Whisler - DT</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#34 Charles Adams - CB</t>
   </si>
   <si>
     <t>#21 Mark Sae - CB</t>
   </si>
   <si>
     <t>#45 Richard Moore - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CBR 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-6-CBR 29 (14:14) 30-Jonathan Ludwig ran to CBR 33 for 5 yards. Tackle by 96-Carl Turner.</t>
   </si>
   <si>
-    <t>#89 Douglas Elder - FB</t>
+    <t>#36 Douglas Elder - FB</t>
   </si>
   <si>
     <t>#88 Steven Lowe - TE</t>
   </si>
   <si>
     <t>#94 Robert Singer - LDE</t>
   </si>
   <si>
     <t>#77 Eugene Butterworth - DT</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>CBR 33</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>3-2-CBR 33 (13:40) 30-Jonathan Ludwig ran to CBR 36 for 3 yards. Tackle by 96-Carl Turner. CBR 81-Franklin Clair was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
@@ -659,87 +659,87 @@
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>BRB 15</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BRB 15 (6:25) 22-Nathan Baker ran to BRB 39 for 24 yards. Tackle by 39-Robert Mason.</t>
   </si>
   <si>
     <t>#9 Charles Collins - QB</t>
   </si>
   <si>
     <t>#48 Howard Goodwin - RB</t>
   </si>
   <si>
     <t>#80 Mark Mousseau - TE</t>
   </si>
   <si>
-    <t>#16 Milton Shivers - WR</t>
+    <t>#19 Milton Shivers - WR</t>
   </si>
   <si>
     <t>#46 Oscar Dixon - WR</t>
   </si>
   <si>
     <t>#66 Walter Lawson - LT</t>
   </si>
   <si>
     <t>#70 Kenny Jenkins - LG</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#74 Victor Bradburn - RT</t>
   </si>
   <si>
     <t>#91 Joe Morrison - DT</t>
   </si>
   <si>
     <t>#62 William Tilson - DT</t>
   </si>
   <si>
     <t>#59 Alton Elmore - RDE</t>
   </si>
   <si>
-    <t>#96 Ralph Dinh - SLB</t>
+    <t>#28 Ralph Dinh - CB</t>
   </si>
   <si>
     <t>#99 Matthew Cook - MLB</t>
   </si>
   <si>
     <t>#92 Ed Omalley - WLB</t>
   </si>
   <si>
-    <t>#41 Matthew Preston - CB</t>
+    <t>#49 Matthew Preston - CB</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>BRB 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-BRB 39 (5:49) 41-Larry Gowen ran to CBR 48 for 13 yards. Tackle by 49-Anthony Britton.</t>
   </si>
   <si>
     <t>#41 Larry Gowen - RB</t>
   </si>
   <si>
     <t>#49 Anthony Britton - CB</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
@@ -1787,51 +1787,51 @@
   <si>
     <t>BRB 2</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-2-BRB 2 (2:57) 43-James Egan ran to BRB 8 for -6 yards. Tackle by 61-Kenneth Romo.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>BRB 8</t>
   </si>
   <si>
     <t>4-8-BRB 8 (2:23) 11-Ronald Goodrich 26 yard field goal is GOOD. CBR 19 BRB 7</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>(2:20) 11-Ronald Goodrich kicks 73 yards from CBR 35 to BRB -8. Touchback.</t>
   </si>
   <si>
-    <t>#79 Laverne Thomas - RDE</t>
+    <t>#75 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BRB 25 (2:20) 9-Charles Collins pass complete to 80-Mark Mousseau to BRB 35 for 10 yards. Tackle by 41-Matthew Preston. BRB 70-Kenny Jenkins was injured on the play.</t>
   </si>
   <si>
     <t>2-1-BRB 35 (2:00) 9-Charles Collins pass complete to 22-Nathan Baker to BRB 40 for 5 yards. Tackle by 96-Ralph Dinh.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>Timeout BRB</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>BRB 40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>