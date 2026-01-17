--- v1 (2025-12-19)
+++ v2 (2026-01-17)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CBR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>BRB</t>
   </si>
   <si>
     <t>BRB 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Matthew Searle kicks 74 yards from BRB 35 to CBR -9. Touchback.</t>
   </si>
   <si>
     <t>#43 James Egan - RB</t>
   </si>
   <si>
-    <t>#60 Robert Timberlake - RG</t>
+    <t>#50 Robert Timberlake - RG</t>
   </si>
   <si>
     <t>#58 Oscar Ennis - MLB</t>
   </si>
   <si>
     <t>#44 Emilio Hamilton - SS</t>
   </si>
   <si>
     <t>#39 Robert Mason - FS</t>
   </si>
   <si>
     <t>#47 Jeffery Worthington - CB</t>
   </si>
   <si>
     <t>#6 Gordon Scarbrough - LDE</t>
   </si>
   <si>
     <t>#61 Matt Baker - LDE</t>
   </si>
   <si>
     <t>#46 Richard Bryant - CB</t>
   </si>
   <si>
     <t>#26 Harley Owens - FS</t>
   </si>
@@ -1787,51 +1787,51 @@
   <si>
     <t>BRB 2</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-2-BRB 2 (2:57) 43-James Egan ran to BRB 8 for -6 yards. Tackle by 61-Kenneth Romo.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>BRB 8</t>
   </si>
   <si>
     <t>4-8-BRB 8 (2:23) 11-Ronald Goodrich 26 yard field goal is GOOD. CBR 19 BRB 7</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>(2:20) 11-Ronald Goodrich kicks 73 yards from CBR 35 to BRB -8. Touchback.</t>
   </si>
   <si>
-    <t>#75 Laverne Thomas - RDE</t>
+    <t>#56 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BRB 25 (2:20) 9-Charles Collins pass complete to 80-Mark Mousseau to BRB 35 for 10 yards. Tackle by 41-Matthew Preston. BRB 70-Kenny Jenkins was injured on the play.</t>
   </si>
   <si>
     <t>2-1-BRB 35 (2:00) 9-Charles Collins pass complete to 22-Nathan Baker to BRB 40 for 5 yards. Tackle by 96-Ralph Dinh.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>Timeout BRB</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>BRB 40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>