--- v2 (2026-01-17)
+++ v3 (2026-03-19)
@@ -332,78 +332,78 @@
   <si>
     <t>#26 Harley Owens - FS</t>
   </si>
   <si>
     <t>#42 Jeffrey Kinslow - WLB</t>
   </si>
   <si>
     <t>#16 Matthew Searle - K</t>
   </si>
   <si>
     <t>CBR</t>
   </si>
   <si>
     <t>CBR 25</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-CBR 25 (15:00) 13-Joe Vargas pass complete to 82-Thomas Campbell to CBR 29 for 4 yards. Tackle by 20-David McGuire.</t>
   </si>
   <si>
-    <t>#13 Joe Vargas - QB</t>
+    <t>#5 Joe Vargas - QB</t>
   </si>
   <si>
     <t>#30 Jonathan Ludwig - RB</t>
   </si>
   <si>
     <t>#83 Carlos Smith - TE</t>
   </si>
   <si>
     <t>#81 Franklin Clair - WR</t>
   </si>
   <si>
     <t>#88 Thomas Campbell - WR</t>
   </si>
   <si>
     <t>#84 Stan Sanders - WR</t>
   </si>
   <si>
     <t>#68 Jason Sanders - LT</t>
   </si>
   <si>
     <t>#75 Darrell Jensen - LG</t>
   </si>
   <si>
     <t>#71 Jaime Gomesano - C</t>
   </si>
   <si>
-    <t>#70 Stanley Callahan - RG</t>
+    <t>#51 Stanley Callahan - RG</t>
   </si>
   <si>
     <t>#66 Robert English - RT</t>
   </si>
   <si>
     <t>#61 Kenneth Romo - LDE</t>
   </si>
   <si>
     <t>#97 Gerald Whisler - DT</t>
   </si>
   <si>
     <t>#71 Robert Goldsmith - RDE</t>
   </si>
   <si>
     <t>#58 Alan Murphy - SLB</t>
   </si>
   <si>
     <t>#96 Carl Turner - MLB</t>
   </si>
   <si>
     <t>#90 Chester Baldwin - WLB</t>
   </si>
   <si>
     <t>#13 Timothy Larimore - CB</t>
   </si>
@@ -1640,51 +1640,51 @@
   <si>
     <t>2-2-CBR 44 (7:55) 9-Charles Collins pass incomplete, dropped by 81-James Maloney.</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>3-2-CBR 44 (7:53) 9-Charles Collins pass complete to 46-Oscar Dixon to CBR 41 for 3 yards. Tackle by 49-Anthony Britton. Pressure by 6-Gordon Scarbrough.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
     <t>CBR 41</t>
   </si>
   <si>
     <t>1-10-CBR 41 (7:33) 9-Charles Collins pass complete to 41-Larry Gowen to CBR 22 for 19 yards. Tackle by 46-Richard Bryant. 41-Larry Gowen breaks down the CB.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>1-10-CBR 22 (7:09) 9-Charles Collins pass Pass knocked down by 34-Jeffery Worthington. incomplete, intended for 80-Mark Mousseau.</t>
   </si>
   <si>
-    <t>#53 Ricky Dorris - WLB</t>
+    <t>#96 Ricky Dorris - WLB</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>2-10-CBR 22 (7:05) 9-Charles Collins pass complete to 82-Milton Shivers to CBR 13 for 9 yards. Tackle by 41-Matthew Preston. 82-Milton Shivers made a great move on the CB.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>CBR 13</t>
   </si>
   <si>
     <t>3-1-CBR 13 (6:40) 9-Charles Collins pass complete to 80-Mark Mousseau to CBR 9 for 4 yards. Tackle by 44-Emilio Hamilton.</t>
   </si>
   <si>
     <t>#67 Jorge Campbell - LG</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>CBR 9</t>
   </si>