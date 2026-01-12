--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -293,54 +293,54 @@
   <si>
     <t>DVD 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Demarcus Demarco kicks 75 yards from WTD 35 to ROC -10. Touchback.</t>
   </si>
   <si>
     <t>#20 Jerry Kaplan - RB</t>
   </si>
   <si>
     <t>#29 Atrak Nekatu - FS</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
-[...2 lines deleted...]
-    <t>#8 James Habersham Jr. - MLB</t>
+    <t>#75 Richard Locke - LDE</t>
+  </si>
+  <si>
+    <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
   <si>
     <t>#94 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#12 Demarcus Demarco - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>ROC 25</t>
   </si>
@@ -560,54 +560,54 @@
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-WTD 12 (11:04) 9-Justin Hulbert pass complete to 1-Thomas Shaw for 12 yards. TOUCHDOWN! WTD 0 ROC 6</t>
   </si>
   <si>
     <t>#68 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>DVD 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:01) Extra point GOOD by 16-Kevin Stagner. WTD 0 ROC 7</t>
   </si>
   <si>
-    <t>#13 Marcus Testa - P</t>
-[...2 lines deleted...]
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#1 Marcus Testa - P</t>
+  </si>
+  <si>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
   <si>
     <t>#53 Gary Perkins - DT</t>
   </si>
   <si>
     <t>#78 Todd Hood - LDE</t>
   </si>
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>(11:01) 16-Kevin Stagner kicks 75 yards from ROC 35 to WTD -10. Touchback.</t>
   </si>
   <si>
     <t>#19 Kenneth Barbosa - WR</t>
   </si>
   <si>
     <t>DVD 25</t>
   </si>
@@ -2490,91 +2490,91 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="359.769" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">