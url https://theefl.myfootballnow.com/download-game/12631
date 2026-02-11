--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -305,51 +305,51 @@
   <si>
     <t>#20 Jerry Kaplan - RB</t>
   </si>
   <si>
     <t>#29 Atrak Nekatu - FS</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#12 Demarcus Demarco - K</t>
   </si>
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>ROC 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-ROC 25 (15:00) 11-Jerry Kaplan ran to ROC 38 for 13 yards. Tackle by 23-Donald Robicheaux.</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>DVD 23</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-WTD 23 (11:41) 9-Justin Hulbert pass complete to 81-Scooter Springs to WTD 12 for 11 yards. Tackle by 44-Peter Williams.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>DVD 12</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-WTD 12 (11:04) 9-Justin Hulbert pass complete to 1-Thomas Shaw for 12 yards. TOUCHDOWN! WTD 0 ROC 6</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>DVD 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:01) Extra point GOOD by 16-Kevin Stagner. WTD 0 ROC 7</t>
   </si>
   <si>
     <t>#1 Marcus Testa - P</t>
   </si>
   <si>
     <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-7-WTD 28 (10:14) 10-Doug Rademacher pass complete to 83-Bryan Seefeldt to WTD 40 for 11 yards. Tackle by 60-Bill Minch.</t>
   </si>
   <si>
     <t>#46 Jason Cunningham - RB</t>
   </si>
   <si>
     <t>#86 Jason Lawrence - WR</t>
   </si>
   <si>
     <t>#77 Robert Davis - RDE</t>
   </si>
   <si>
-    <t>#60 Bill Minch - DT</t>
+    <t>#77 Bill Minch - DT</t>
   </si>
   <si>
     <t>#93 Raymond Matthews - WLB</t>
   </si>
   <si>
     <t>#41 Jerry Sartor - SS</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>DVD 40</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-WTD 40 (9:35) 46-Jason Cunningham ran to WTD 44 for 4 yards. Tackle by 50-Chester Frazee.</t>
   </si>
   <si>
     <t>#33 Charles Canchola - CB</t>
   </si>