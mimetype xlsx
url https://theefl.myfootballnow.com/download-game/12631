--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -365,54 +365,54 @@
   <si>
     <t>#12 Alex Krueger - WR</t>
   </si>
   <si>
     <t>#80 Mason Jahr - WR</t>
   </si>
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#71 Vernon Byrne - RT</t>
   </si>
   <si>
     <t>#82 Mark George - LDE</t>
   </si>
   <si>
-    <t>#99 Odell Wynkoop - RDE</t>
-[...2 lines deleted...]
-    <t>#91 Hubert Eaton - RDE</t>
+    <t>#66 Odell Wynkoop - RDE</t>
+  </si>
+  <si>
+    <t>#91 Hubert Eaton - MLB</t>
   </si>
   <si>
     <t>#59 Brian Noble - WLB</t>
   </si>
   <si>
     <t>#48 George Harrington - SLB</t>
   </si>
   <si>
     <t>#57 Leon Daniels - MLB</t>
   </si>
   <si>
     <t>#90 James Moore - MLB</t>
   </si>
   <si>
     <t>#99 Terry Butler - CB</t>
   </si>
   <si>
     <t>#22 James Johnson - CB</t>
   </si>
   <si>
     <t>#56 Peter Williams - MLB</t>
   </si>
   <si>
     <t>#45 Donald Robicheaux - SS</t>
   </si>
@@ -542,51 +542,51 @@
   <si>
     <t>DVD 23</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-WTD 23 (11:41) 9-Justin Hulbert pass complete to 81-Scooter Springs to WTD 12 for 11 yards. Tackle by 44-Peter Williams.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>DVD 12</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-WTD 12 (11:04) 9-Justin Hulbert pass complete to 1-Thomas Shaw for 12 yards. TOUCHDOWN! WTD 0 ROC 6</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>DVD 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:01) Extra point GOOD by 16-Kevin Stagner. WTD 0 ROC 7</t>
   </si>
   <si>
     <t>#1 Marcus Testa - P</t>
   </si>
   <si>
     <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>#77 Bill Minch - DT</t>
   </si>
   <si>
     <t>#93 Raymond Matthews - WLB</t>
   </si>
   <si>
     <t>#41 Jerry Sartor - SS</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>DVD 40</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-WTD 40 (9:35) 46-Jason Cunningham ran to WTD 44 for 4 yards. Tackle by 50-Chester Frazee.</t>
   </si>
   <si>
-    <t>#33 Charles Canchola - CB</t>
+    <t>#28 Charles Canchola - CB</t>
   </si>
   <si>
     <t>#33 Joshua Stone - CB</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>DVD 44</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-6-WTD 44 (9:00) 10-Doug Rademacher sacked at WTD 36 for -8 yards (87-Hill Billerie). Sack allowed by 77-Alvin Connelly.</t>
   </si>
   <si>
     <t>#15 Thomas Montgomery - WR</t>
   </si>
   <si>
     <t>8:19</t>
   </si>