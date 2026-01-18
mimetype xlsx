--- v0 (2025-12-19)
+++ v1 (2026-01-18)
@@ -305,51 +305,51 @@
   <si>
     <t>#42 Shane Rhodes - RB</t>
   </si>
   <si>
     <t>#66 Gerardo Weaver - DT</t>
   </si>
   <si>
     <t>#91 Mark Rodriguez - LDE</t>
   </si>
   <si>
     <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#90 Chester Baldwin - WLB</t>
   </si>
   <si>
     <t>#29 Michael Emerson - CB</t>
   </si>
   <si>
     <t>#98 Gary Dupuy - SLB</t>
   </si>
   <si>
-    <t>#51 Aldo Weigel - MLB</t>
+    <t>#97 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>#56 Raul Palumbo - LDE</t>
   </si>
   <si>
     <t>#22 Timothy Jo - CB</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>SFB</t>
   </si>
   <si>
     <t>SFB 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 25 (15:00) 20-Damien Gaines ran to SFB 23 for -2 yards. Tackle by 26-Matthew Wood.</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#10 Kyle Olson - WR</t>
   </si>
   <si>
     <t>#19 Robert Tyler - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#60 Jody Perez - C</t>
   </si>
   <si>
     <t>#66 Richard Rogers - RG</t>
   </si>
   <si>
     <t>#71 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#76 Eugene Sandberg - LDE</t>
   </si>
   <si>
-    <t>#55 Richard Young - MLB</t>
+    <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#29 Michael Rivas - SS</t>
   </si>
   <si>
     <t>#34 Chester Perkins - SS</t>
   </si>
   <si>
     <t>#42 Kevin Simmons - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MFs 45</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-4-MFs 45 (12:42) 9-Roy Reading pass complete to 33-Timothy Wise to MFs 48 for 4 yards. Tackle by 53-Richard Young.</t>
   </si>
   <si>
     <t>#34 Wendell Cobb - RB</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>#44 James McCoy - FB</t>
   </si>
   <si>
     <t>#81 Francisco Stanberry - TE</t>
   </si>
   <si>
     <t>#84 Patrick Finley - TE</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>SFB 44</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 44 (9:36) 21-Shane Rhodes ran to SFB 45 for 1 yards. Tackle by 74-Dana Lee.</t>
   </si>
   <si>
-    <t>#96 Cesar Rodiguez - RDE</t>
+    <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>SFB 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-SFB 45 (8:52) 21-Shane Rhodes ran to SFB 43 for -2 yards. Tackle by 54-Bob Rankin.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>SFB 43</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>