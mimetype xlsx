--- v1 (2026-01-18)
+++ v2 (2026-03-19)
@@ -305,51 +305,51 @@
   <si>
     <t>#42 Shane Rhodes - RB</t>
   </si>
   <si>
     <t>#66 Gerardo Weaver - DT</t>
   </si>
   <si>
     <t>#91 Mark Rodriguez - LDE</t>
   </si>
   <si>
     <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#90 Chester Baldwin - WLB</t>
   </si>
   <si>
     <t>#29 Michael Emerson - CB</t>
   </si>
   <si>
     <t>#98 Gary Dupuy - SLB</t>
   </si>
   <si>
-    <t>#97 Aldo Weigel - MLB</t>
+    <t>#94 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>#56 Raul Palumbo - LDE</t>
   </si>
   <si>
     <t>#22 Timothy Jo - CB</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>SFB</t>
   </si>
   <si>
     <t>SFB 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 25 (15:00) 20-Damien Gaines ran to SFB 23 for -2 yards. Tackle by 26-Matthew Wood.</t>
   </si>
@@ -362,63 +362,63 @@
   <si>
     <t>#85 James Culbertson - WR</t>
   </si>
   <si>
     <t>#17 Richard Hendrick - WR</t>
   </si>
   <si>
     <t>#19 Marcus Davis - WR</t>
   </si>
   <si>
     <t>#61 Danny Roberson - LT</t>
   </si>
   <si>
     <t>#68 Darell Bush - LG</t>
   </si>
   <si>
     <t>#65 David Martin - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
     <t>#67 Michael Peebles - RT</t>
   </si>
   <si>
-    <t>#93 Micheal Carter - LDE</t>
+    <t>#60 Micheal Carter - LDE</t>
   </si>
   <si>
     <t>#99 Arnold Moncada - DT</t>
   </si>
   <si>
     <t>#73 Dana Lee - DT</t>
   </si>
   <si>
-    <t>#91 Robert Thibodaux - RDE</t>
-[...2 lines deleted...]
-    <t>#91 Ezekiel Easley - WLB</t>
+    <t>#73 Robert Thibodaux - RDE</t>
+  </si>
+  <si>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#53 George Mullis - WLB</t>
   </si>
   <si>
     <t>#37 Terry Gonzalez - CB</t>
   </si>
   <si>
     <t>#25 Ronald Perkins - CB</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#31 Michael Reynosa - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>SFB 23</t>
   </si>
@@ -455,108 +455,108 @@
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>SFB 13</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-22-SFB 13 (13:34) 10-Richard Harris punts 48 yards to MFs 39. Fair Catch by 3-Edward Teach. MFs 99-Arnold Moncada was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Richard Harris - P</t>
   </si>
   <si>
     <t>#57 Arnold Glass - C</t>
   </si>
   <si>
-    <t>#3 Edward Teach - WR</t>
+    <t>#17 Edward Teach - WR</t>
   </si>
   <si>
     <t>#29 Gerald Shelton - CB</t>
   </si>
   <si>
     <t>#61 Brain Jones - RDE</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>MFs 39</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-MFs 39 (13:27) 9-Roy Reading pass complete to 21-Darrell Rees to MFs 45 for 6 yards. Tackle by 29-Michael Emerson.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#33 Timothy Wise - RB</t>
   </si>
   <si>
     <t>#21 Darrell Rees - FB</t>
   </si>
   <si>
     <t>#80 Louie McIntosh - TE</t>
   </si>
   <si>
     <t>#10 Kyle Olson - WR</t>
   </si>
   <si>
     <t>#19 Robert Tyler - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#60 Jody Perez - C</t>
   </si>
   <si>
     <t>#66 Richard Rogers - RG</t>
   </si>
   <si>
-    <t>#71 Delbert Grady - RT</t>
+    <t>#76 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#76 Eugene Sandberg - LDE</t>
   </si>
   <si>
     <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#29 Michael Rivas - SS</t>
   </si>
   <si>
     <t>#34 Chester Perkins - SS</t>
   </si>
   <si>
     <t>#42 Kevin Simmons - FS</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MFs 45</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
@@ -2304,51 +2304,51 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="380.907" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>