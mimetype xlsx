--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -284,63 +284,63 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>SAL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>HHH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Roy Jules kicks 75 yards from BMB 35 to SAL -10. Touchback.</t>
   </si>
   <si>
     <t>#29 Richard Messenger - RB</t>
   </si>
   <si>
-    <t>#90 Robert Bernard - LDE</t>
+    <t>#90 Robert Bernard - DT</t>
   </si>
   <si>
     <t>#92 Harold Fowler - RDE</t>
   </si>
   <si>
     <t>#66 Victor Roark - DT</t>
   </si>
   <si>
     <t>#55 Jeffrey Cates - WLB</t>
   </si>
   <si>
-    <t>#90 John Haga - DT</t>
+    <t>#92 John Haga - DT</t>
   </si>
   <si>
     <t>#33 David Karonghyontye - SS</t>
   </si>
   <si>
     <t>#34 Dwight Shirley - FS</t>
   </si>
   <si>
     <t>#52 John Cochran - MLB</t>
   </si>
   <si>
     <t>#37 Michael Urrutia - FS</t>
   </si>
   <si>
     <t>#58 Charles Miranda - MLB</t>
   </si>
   <si>
     <t>#4 Roy Jules - K</t>
   </si>
   <si>
     <t>SAL</t>
   </si>
   <si>
     <t>SAL 25</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#39 Aaron Ambriz - FB</t>
   </si>
   <si>
     <t>#84 Robert Rita - TE</t>
   </si>
   <si>
     <t>#88 Jose Magallanes - TE</t>
   </si>
   <si>
     <t>#71 Edward Poland - LT</t>
   </si>
   <si>
     <t>#53 Buck Johnson - LG</t>
   </si>
   <si>
     <t>#70 Michael Adamson - C</t>
   </si>
   <si>
     <t>#68 Michael Gagnon - RG</t>
   </si>
   <si>
     <t>#76 Samuel Allred - RT</t>
   </si>
   <si>
-    <t>#96 James Isler - LDE</t>
+    <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#70 Johnny Sellers - RDE</t>
   </si>
   <si>
     <t>#68 Amos Gaines - DT</t>
   </si>
   <si>
     <t>#66 Thomas Dent - DT</t>
   </si>
   <si>
     <t>#97 Oscar Hayes - MLB</t>
   </si>
   <si>
     <t>#50 Willie Hill - MLB</t>
   </si>
   <si>
     <t>#99 Edward Hudson - WLB</t>
   </si>
   <si>
     <t>#21 Timothy Nair - CB</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>#12 Larry Swanson - QB</t>
   </si>
   <si>
     <t>#83 Henry Bryant - TE</t>
   </si>
   <si>
     <t>#13 Brian Ward - WR</t>
   </si>
   <si>
     <t>#10 William Barnes - WR</t>
   </si>
   <si>
     <t>#82 Cornell Young - WR</t>
   </si>
   <si>
     <t>#64 Robert Mullins - LT</t>
   </si>
   <si>
     <t>#71 Craig Turner - LG</t>
   </si>
   <si>
     <t>#78 Robert Coleman - C</t>
   </si>
   <si>
-    <t>#63 Lee Dreiling - LG</t>
+    <t>#66 Lee Dreiling - RG</t>
   </si>
   <si>
     <t>#53 Leroy Mayfield - LT</t>
   </si>
   <si>
     <t>#73 James Medina - LDE</t>
   </si>
   <si>
     <t>#62 Kenneth Karp - DT</t>
   </si>
   <si>
     <t>#50 Brandon Bland - SLB</t>
   </si>
   <si>
     <t>#91 Carlos Roberts - WLB</t>
   </si>
   <si>
     <t>#20 Andrew Beam - CB</t>
   </si>
   <si>
     <t>#31 Samuel Schenck - CB</t>
   </si>
   <si>
     <t>#48 William Kelleher - SS</t>
   </si>
@@ -2206,51 +2206,51 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="312.495" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>