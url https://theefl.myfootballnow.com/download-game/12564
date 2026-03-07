--- v1 (2026-01-07)
+++ v2 (2026-03-07)
@@ -386,51 +386,51 @@
   <si>
     <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#70 Johnny Sellers - RDE</t>
   </si>
   <si>
     <t>#68 Amos Gaines - DT</t>
   </si>
   <si>
     <t>#66 Thomas Dent - DT</t>
   </si>
   <si>
     <t>#97 Oscar Hayes - MLB</t>
   </si>
   <si>
     <t>#50 Willie Hill - MLB</t>
   </si>
   <si>
     <t>#99 Edward Hudson - WLB</t>
   </si>
   <si>
-    <t>#21 Timothy Nair - CB</t>
+    <t>#23 Timothy Nair - CB</t>
   </si>
   <si>
     <t>#20 Samuel Obrien - CB</t>
   </si>
   <si>
     <t>#38 Alberto Wicklund - SS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-10-SAL 25 (14:28) 29-Richard Messenger ran to SAL 26 for 1 yards. Tackle by 56-Oscar Hayes.</t>
   </si>
   <si>
     <t>#18 Andrew Fuller - WR</t>
   </si>
   <si>
     <t>#85 Sean Burns - WR</t>
   </si>