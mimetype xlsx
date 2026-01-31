--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -428,51 +428,51 @@
   <si>
     <t>OmO 38</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-BaB 38 (14:14) 1-David Drew ran to BaB 28 for 10 yards. 1-David Drew slides to avoid being hit.</t>
   </si>
   <si>
     <t>#31 Matthew Wade - FB</t>
   </si>
   <si>
     <t>#26 Douglas Camacho - FB</t>
   </si>
   <si>
     <t>#83 William Lorenzo - TE</t>
   </si>
   <si>
     <t>#93 Robert Houtz - LDE</t>
   </si>
   <si>
-    <t>#54 Charles Powers - WLB</t>
+    <t>#38 Charles Powers - FS</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>OmO 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BaB 28 (13:34) 1-David Drew pass Pass knocked down by 34-Joe Fulcher. incomplete, intended for 16-Marcus Light.</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>OmO 9</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-BaB 9 (13:20) 36-Matthew Smith ran to BaB 8 for a short loss. Tackle by 66-Maurice Hamilton.</t>
   </si>
   <si>
     <t>#7 Brian Curry - QB</t>
   </si>
   <si>
     <t>#38 Matthew Smith - RB</t>
   </si>
   <si>
     <t>#21 Andrew Crane - RB</t>
   </si>
   <si>
     <t>#33 Samuel Sturdivant - FB</t>
   </si>
   <si>
-    <t>#88 Robert Jessie - TE</t>
+    <t>#88 Robert Jessie - C</t>
   </si>
   <si>
     <t>#72 Sean Irish - LT</t>
   </si>
   <si>
     <t>#61 Raymond Ewing - LT</t>
   </si>
   <si>
     <t>#61 David McGuire - LG</t>
   </si>
   <si>
     <t>#71 William Hewes - C</t>
   </si>
   <si>
     <t>#58 Ron Nieman - RG</t>
   </si>
   <si>
     <t>#54 Eric Gray - RT</t>
   </si>
   <si>
     <t>#53 David Myers - RDE</t>
   </si>
   <si>
     <t>#99 Richard Zellers - MLB</t>
   </si>
@@ -557,51 +557,51 @@
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>OmO 8</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-BaB 8 (12:42) 7-Brian Curry pass incomplete, dropped by 36-Matthew Smith.</t>
   </si>
   <si>
     <t>#27 Kenny Aranda - WR</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
     <t>#11 Jonathan Breese - WR</t>
   </si>
   <si>
-    <t>#10 James Powell - WR</t>
+    <t>#12 James Powell - WR</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#38 Philip Pickett - FS</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-10-BaB 8 (12:38) 7-Brian Curry pass complete to 36-Matthew Smith to BaB 10 for 1 yards. Tackle by 96-Anthony Bacon.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>OmO 10</t>
   </si>
@@ -1019,51 +1019,51 @@
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>STL 7</t>
   </si>
   <si>
     <t>3-7-STL 7 (11:33) 27-Kenny Aranda ran to STL 3 for 3 yards. Tackle by 21-Neal Weekes.</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-STL 3 (10:48) 6-Christopher Rose 21 yard field goal is GOOD. STL 0 BaB 3</t>
   </si>
   <si>
     <t>#8 Curtis Weeden - QB</t>
   </si>
   <si>
-    <t>#45 Alan Eley - FS</t>
+    <t>#45 Alan Eley - WLB</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>(10:46) 6-Christopher Rose kicks 75 yards from BaB 35 to STL -10. Touchback.</t>
   </si>
   <si>
     <t>STL 25</t>
   </si>
   <si>
     <t>1-10-STL 25 (10:46) 1-David Drew pass complete to 32-Joshua Henderson to STL 29 for 4 yards. Tackle by 59-Keith Lightfoot. PENALTY - Facemask (BaB 59-Keith Lightfoot)</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>1-10-STL 44 (10:43) 1-David Drew pass INTERCEPTED by 39-Randal Plank at STL 48. 39-Randal Plank to STL 46 for 1 yards. Tackle by 83-William Lorenzo. BaB 99-Mark Harris was injured on the play. He looks like he should be able to return. BaB 50-Marcus Turner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>STL 46</t>
   </si>
@@ -2322,58 +2322,58 @@
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">