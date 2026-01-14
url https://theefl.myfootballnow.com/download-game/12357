--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -371,63 +371,63 @@
   <si>
     <t>#80 Joe Marra - WR</t>
   </si>
   <si>
     <t>#89 Dana Smeltzer - WR</t>
   </si>
   <si>
     <t>#79 Jose Padilla - RT</t>
   </si>
   <si>
     <t>#59 Vincent Smith - RG</t>
   </si>
   <si>
     <t>#66 Christopher Mattes - C</t>
   </si>
   <si>
     <t>#54 Carl Lyons - RG</t>
   </si>
   <si>
     <t>#78 Armand Robertson - RT</t>
   </si>
   <si>
     <t>#57 Robert Watson - LDE</t>
   </si>
   <si>
-    <t>#50 Kenneth Karp - DT</t>
-[...2 lines deleted...]
-    <t>#90 John Haga - DT</t>
+    <t>#62 Kenneth Karp - DT</t>
+  </si>
+  <si>
+    <t>#92 John Haga - DT</t>
   </si>
   <si>
     <t>#92 Harold Fowler - RDE</t>
   </si>
   <si>
     <t>#52 John Cochran - MLB</t>
   </si>
   <si>
-    <t>#91 Carlos Roberts - SLB</t>
+    <t>#91 Carlos Roberts - WLB</t>
   </si>
   <si>
     <t>#20 Andrew Beam - CB</t>
   </si>
   <si>
     <t>#31 Samuel Schenck - CB</t>
   </si>
   <si>
     <t>#34 Dwight Shirley - FS</t>
   </si>
   <si>
     <t>#48 William Kelleher - SS</t>
   </si>
   <si>
     <t>#37 Michael Urrutia - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>BaB 28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-MWC 46 (12:45) 5-Gary Rose pass complete to 88-Roberto Syed to SAL 28 for 26 yards. Tackle by 34-Dwight Shirley.</t>
   </si>
   <si>
     <t>#33 David Karonghyontye - SS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>SAL 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-SAL 28 (11:58) 25-Rufus Williams ran to SAL 22 for 6 yards. Tackle by 91-David Gonzales.</t>
   </si>
   <si>
-    <t>#81 Marcelino Black - TE</t>
+    <t>#81 Marcelino Black - FB</t>
   </si>
   <si>
     <t>#56 David Gonzales - SLB</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>SAL 22</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-4-SAL 22 (11:15) 5-Gary Rose pass incomplete, intended for 42-Brett Williams.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-4-SAL 22 (11:12) 5-Gary Rose pass Pass knocked down by 55-Carlos Roberts. incomplete, intended for 25-Rufus Williams.</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#52 Douglas Cunningham - MLB</t>
   </si>
   <si>
     <t>#55 Jeffrey Cates - WLB</t>
   </si>
   <si>
     <t>#73 James Medina - LDE</t>
   </si>
   <si>
     <t>#58 Charles Miranda - MLB</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>BaB 35</t>
   </si>
   <si>
     <t>(11:05) 10-Edwin McKenzie kicks 75 yards from MWC 35 to SAL -10. Touchback.</t>
   </si>
   <si>
     <t>#29 Richard Messenger - RB</t>
   </si>
   <si>
-    <t>#90 Robert Bernard - LDE</t>
+    <t>#90 Robert Bernard - DT</t>
   </si>
   <si>
     <t>#66 Victor Roark - DT</t>
   </si>
   <si>
     <t>SAL 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SAL 25 (11:05) PENALTY - False Start (SAL 53-Buck Johnson)</t>
   </si>
   <si>
     <t>#12 Jessie Adams - QB</t>
   </si>
   <si>
     <t>#39 Aaron Ambriz - FB</t>
   </si>
   <si>
     <t>#87 Walton Johnson - TE</t>
   </si>
@@ -614,63 +614,63 @@
   <si>
     <t>#53 Buck Johnson - LG</t>
   </si>
   <si>
     <t>#69 Stanley Sullivan - C</t>
   </si>
   <si>
     <t>#68 Michael Gagnon - RG</t>
   </si>
   <si>
     <t>#76 Samuel Allred - RT</t>
   </si>
   <si>
     <t>#64 Bill Austin - DT</t>
   </si>
   <si>
     <t>#95 Daryl Nelson - SLB</t>
   </si>
   <si>
     <t>#55 Owen Littlefield - SLB</t>
   </si>
   <si>
     <t>#36 Hung Andrews - WLB</t>
   </si>
   <si>
-    <t>#30 Christopher Begay - SS</t>
+    <t>#28 Christopher Begay - SS</t>
   </si>
   <si>
     <t>SAL 20</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>1-15-SAL 20 (11:05) 12-Jessie Adams pass Pass knocked down by 55-Owen Littlefield. incomplete, intended for 11-Allan Teague. Pressure by 52-Dean Woodworth.</t>
   </si>
   <si>
-    <t>#11 Allan Teague - RB</t>
+    <t>#24 Allan Teague - RB</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-15-SAL 20 (11:01) 12-Jessie Adams pass complete to 80-Robert Rita to SAL 25 for 5 yards. Tackle by 95-Daryl Nelson.</t>
   </si>
   <si>
     <t>#84 Robert Rita - TE</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>3-10-SAL 25 (10:17) 12-Jessie Adams pass INTERCEPTED by 40-William Anthony at SAL 28. 40-William Anthony to SAL 28 for 0 yards. Tackle by 83-Walton Johnson. Pressure by 52-Dean Woodworth. MWC 52-Dean Woodworth was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Diego Duncan - WR</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t>2-10-SAL 25 (1:10) 29-Richard Messenger ran to SAL 25 for 1 yards. Tackle by 93-Danny Lovejoy.</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-10-SAL 25 (0:31) 29-Richard Messenger ran to SAL 28 for 2 yards. Tackle by 97-Leo Michalski.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 10-Edwin McKenzie kicks 75 yards from MWC 35 to SAL -10. Touchback.</t>
   </si>
   <si>
     <t>#60 Rocco Cybulski - C</t>
   </si>
   <si>
     <t>1-10-SAL 25 (15:00) 26-James Ready ran to SAL 28 for 3 yards. Tackle by 52-Dean Woodworth.</t>
   </si>
   <si>
-    <t>#3 Edward Bethea - QB</t>
+    <t>#12 Edward Bethea - QB</t>
   </si>
   <si>
     <t>#70 Michael Adamson - C</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-7-SAL 28 (14:26) 3-Edward Bethea pass Pass knocked down by 99-James Solorio. incomplete, intended for 81-Diego Duncan.</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>3-7-SAL 28 (14:24) 26-James Ready ran to SAL 29 for 1 yards. Tackle by 92-Bill Austin.</t>
   </si>
   <si>
     <t>#88 Jose Magallanes - TE</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
@@ -1553,51 +1553,51 @@
   <si>
     <t>#95 William Nicodemus - WLB</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>2-10-SAL 23 (1:26) 3-Stanley Hart pass complete to 84-William Golightly to SAL 15 for 9 yards. Tackle by 91-David Gonzales.</t>
   </si>
   <si>
     <t>#17 Justin Roundtree - WR</t>
   </si>
   <si>
     <t>3-1-SAL 15 (0:49) 37-Kevin Porter ran to SAL 18 for -3 yards. Tackle by 73-James Medina.</t>
   </si>
   <si>
     <t>#83 Andre Cantrell - WR</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>4-5-SAL 18 (0:08) 10-Edwin McKenzie 35 yard field goal is GOOD. SAL 7 MWC 19</t>
   </si>
   <si>
-    <t>#81 Irving Fair - WR</t>
+    <t>#12 Irving Fair - WR</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>(0:05) 10-Edwin McKenzie kicks 75 yards from MWC 35 to SAL -10. Touchback.</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SAL 25 (0:05) 26-James Ready ran to SAL 26 for 1 yards. Tackle by 76-Richard Williamson.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>2-9-SAL 26 (15:00) 3-Edward Bethea pass complete to 81-Diego Duncan to SAL 33 for 7 yards. Tackle by 49-James Duggan.</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>3-2-SAL 33 (14:25) 26-James Ready ran to SAL 47 for 15 yards. Tackle by 28-David Strickland. MWC 52-Dean Woodworth was injured on the play.</t>
   </si>
@@ -2272,119 +2272,119 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="360.912" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>