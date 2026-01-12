--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -365,51 +365,51 @@
   <si>
     <t>#85 James Culbertson - WR</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#76 Christopher Weisman - C</t>
   </si>
   <si>
     <t>#68 Mark Fisher - RG</t>
   </si>
   <si>
     <t>#79 Mathew Yancey - RT</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
-    <t>#64 Bradley Taylor - DT</t>
+    <t>#73 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#98 Gerald Wright - DT</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#97 Robert Ellis - SLB</t>
   </si>
   <si>
     <t>#50 Brad Mendez - MLB</t>
   </si>
   <si>
     <t>#51 Craig Dittmer - WLB</t>
   </si>
   <si>
     <t>#33 Terry Gomez - CB</t>
   </si>
   <si>
     <t>#37 Stephen Alicea - CB</t>
   </si>
   <si>
     <t>#3 James Nicosia - LDE</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#87 Cornelius Barber - WR</t>
   </si>
   <si>
     <t>#74 Donald Davis - LT</t>
   </si>
   <si>
     <t>#71 Harold Walden - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#77 Frederick English - RT</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
-    <t>#52 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>#43 Carl Ross - CB</t>
   </si>
   <si>
     <t>#23 Paul Hodson - CB</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>BBd 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-BEN 19 (10:19) 16-James Henning ran to BEN 28 for 9 yards. Tackle by 23-Paul Hodson. BEN 77-Edward Witt was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -704,51 +704,51 @@
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-12-MFs 48 (7:47) 12-Victor Herr pass complete to 32-Derrick Miller to MFs 34 for 14 yards. Tackle by 54-Bob Rankin.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MFs 34 (7:01) 12-Victor Herr pass Pass knocked down by 31-Joseph Harman. incomplete, intended for 32-Derrick Miller.</t>
   </si>
   <si>
     <t>#48 Howard Goodwin - RB</t>
   </si>
   <si>
     <t>#61 Henry Griffith - LT</t>
   </si>
   <si>
-    <t>#96 Cesar Rodiguez - RDE</t>
+    <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>6:57</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-10-MFs 34 (6:58) 12-Victor Herr pass complete to 17-Steven Velez to MFs 30 for 3 yards. Tackle by 57-Larry Miele.</t>
   </si>
   <si>
     <t>#89 Nicholas Coleman - WR</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>MFs 30</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Cross</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>BBd 12</t>
   </si>
   <si>
     <t>2-8-BEN 12 (15:00) 33-Timothy Wise ran to BEN 7 for 5 yards. Tackle by 99-Robert Ellis.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>BBd 7</t>
   </si>
   <si>
     <t>3-3-BEN 7 (14:14) 28-Anthony Fells ran to BEN 9 for -2 yards. Tackle by 51-Craig Dittmer.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>BBd 9</t>
   </si>
   <si>
     <t>4-5-BEN 9 (13:33) 6-Joe Davis 26 yard field goal is GOOD. BEN 3 MFs 3</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>MFs 35</t>
   </si>
   <si>
     <t>(13:30) 6-Joe Davis kicks 71 yards from MFs 35 to BEN -6. 86-Robert Fifield to BEN 16 for 22 yards. Tackle by 31-Joseph Harman. MFs 25-Ronald Perkins was injured on the play. He looks like he should be able to return. BEN 45-Lane Nguyen was injured on the play. He looks like he should be able to return. BEN 42-Bobby Webb was injured on the play. He looks like he should be able to return. BEN 86-Robert Fifield was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>BBd 16</t>
   </si>
   <si>
     <t>1-10-BEN 16 (13:27) 16-James Henning ran to BEN 16 for a short gain. Tackle by 52-Ezekiel Easley. MFs 27-Carl Ross was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
@@ -2286,51 +2286,51 @@
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>