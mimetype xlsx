--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -482,51 +482,51 @@
   <si>
     <t>MFs 40</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-MFs 40 (12:21) 28-Anthony Fells ran to MFs 39 for -2 yards. Tackle by 78-Eric Cason. BEN 99-Robert Ellis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#33 Paul Chatman - RB</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>MFs 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-10-MFs 39 (11:43) 28-Anthony Fells ran to MFs 43 for 4 yards. Tackle by 51-Craig Dittmer.</t>
   </si>
   <si>
-    <t>#94 Harvey Marin - MLB</t>
+    <t>#96 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>MFs 43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MFs 43 (11:10) 2-Ernesto Garcia punts 40 yards to BEN 17.</t>
   </si>
   <si>
     <t>#2 Ernesto Garcia - P</t>
   </si>
   <si>
     <t>#74 Lando Calrissian - LG</t>
   </si>
   <si>
     <t>#86 Robert Fifield - WR</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>BBd 28</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BEN 28 (9:41) 12-Victor Herr pass complete to 88-Christopher Ellington to BEN 39 for 10 yards. Tackle by 37-Terry Gonzalez. Pressure by 53-Eddie Bartsch. BEN 88-Christopher Ellington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#84 Steven Velez - TE</t>
   </si>
   <si>
     <t>#80 Peter Poulin - FB</t>
   </si>
   <si>
     <t>#88 Christopher Ellington - TE</t>
   </si>
   <si>
-    <t>#71 Glen Fairchild - C</t>
+    <t>#62 Glen Fairchild - C</t>
   </si>
   <si>
     <t>#94 Dusty Russo - LDE</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>BBd 39</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-BEN 39 (8:57) 12-Victor Herr pass complete to 86-Robert Fifield to MFs 46 for 15 yards. Tackle by 27-Carl Ross. Pressure by 95-Alfred Miller.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>MFs 46</t>
   </si>