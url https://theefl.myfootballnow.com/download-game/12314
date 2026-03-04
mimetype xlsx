--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -293,90 +293,90 @@
   <si>
     <t>BBd 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Elmer Ramirez kicks 74 yards from BEN 35 to MFs -9. Touchback.</t>
   </si>
   <si>
     <t>#21 Darrell Rees - FB</t>
   </si>
   <si>
     <t>#37 Terry Gonzalez - CB</t>
   </si>
   <si>
     <t>#61 Brain Jones - RDE</t>
   </si>
   <si>
     <t>#25 Ronald Perkins - CB</t>
   </si>
   <si>
-    <t>#91 Robert Thibodaux - RDE</t>
+    <t>#73 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#31 Joseph Harman - CB</t>
   </si>
   <si>
     <t>#16 Elmer Ramirez - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-MFs 25 (15:00) 33-Timothy Wise ran to MFs 33 for 8 yards. Tackle by 36-James Nicosia.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#33 Timothy Wise - RB</t>
   </si>
   <si>
     <t>#80 Louie McIntosh - TE</t>
   </si>
   <si>
     <t>#85 James Culbertson - WR</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#76 Christopher Weisman - C</t>
   </si>
   <si>
     <t>#68 Mark Fisher - RG</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>#81 Duke Shamblin - TE</t>
   </si>
   <si>
     <t>#78 Eric Cason - LDE</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>MFs 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-1-MFs 34 (13:42) 28-Anthony Fells ran to MFs 38 for 5 yards. Tackle by 99-Robert Ellis.</t>
   </si>
   <si>
     <t>#26 Anthony Fells - RB</t>
   </si>
   <si>
-    <t>#3 Edward Teach - WR</t>
+    <t>#17 Edward Teach - WR</t>
   </si>
   <si>
     <t>#73 Donald Bell - RT</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>MFs 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-MFs 38 (13:04) 33-Timothy Wise ran to MFs 40 for 2 yards. Tackle by 50-Brad Mendez. MFs 87-Louie McIntosh was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#32 Lane Nguyen - SS</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>MFs 40</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MFs 43 (11:10) 2-Ernesto Garcia punts 40 yards to BEN 17.</t>
   </si>
   <si>
     <t>#2 Ernesto Garcia - P</t>
   </si>
   <si>
     <t>#74 Lando Calrissian - LG</t>
   </si>
   <si>
     <t>#86 Robert Fifield - WR</t>
   </si>
   <si>
     <t>#24 Brian Potts - CB</t>
   </si>
   <si>
     <t>#39 Greg Orourke - CB</t>
   </si>
   <si>
     <t>#77 Ken Trammell - RT</t>
   </si>
   <si>
-    <t>#71 Delbert Grady - RT</t>
+    <t>#76 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>
   <si>
     <t>#54 Leon Agarwal - DT</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>BBd 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BEN 17 (11:01) 16-James Henning ran to BEN 19 for 2 yards. Tackle by 98-Patrick Tomlinson.</t>
   </si>
   <si>
     <t>#12 Victor Herr - QB</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#87 Cornelius Barber - WR</t>
   </si>
   <si>
     <t>#74 Donald Davis - LT</t>
   </si>
   <si>
     <t>#71 Harold Walden - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#77 Frederick English - RT</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
-    <t>#91 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>#43 Carl Ross - CB</t>
   </si>
   <si>
     <t>#23 Paul Hodson - CB</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>BBd 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-BEN 19 (10:19) 16-James Henning ran to BEN 28 for 9 yards. Tackle by 23-Paul Hodson. BEN 77-Edward Witt was injured on the play. He looks like he should be able to return.</t>
   </si>