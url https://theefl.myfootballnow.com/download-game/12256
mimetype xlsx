--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 4-Kyle Jobe kicks 74 yards from MTL 35 to LSV -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Timothy Brewer - FB</t>
   </si>
   <si>
     <t>#97 George Coaxum - MLB</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
     <t>#63 Jonathan Vidales - DT</t>
   </si>
   <si>
     <t>#40 Larry Thomas - SS</t>
   </si>
   <si>
     <t>#73 David Morrison - LDE</t>
   </si>
   <si>
-    <t>#91 Robert Pellham - SLB</t>
+    <t>#98 Robert Pellham - SLB</t>
   </si>
   <si>
     <t>#78 David Hale - RDE</t>
   </si>
   <si>
     <t>#99 Philip Woodard - MLB</t>
   </si>
   <si>
     <t>#21 Charles Cutler - CB</t>
   </si>
   <si>
     <t>#4 Kyle Jobe - K</t>
   </si>
   <si>
     <t>LSV</t>
   </si>
   <si>
     <t>LSV 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>