--- v1 (2025-12-15)
+++ v2 (2026-01-14)
@@ -365,51 +365,51 @@
   <si>
     <t>#89 Jack Christy - TE</t>
   </si>
   <si>
     <t>#84 Richard Vazquez - TE</t>
   </si>
   <si>
     <t>#70 Mark Martin - LT</t>
   </si>
   <si>
     <t>#72 John West - LG</t>
   </si>
   <si>
     <t>#83 Jesse Rosario - C</t>
   </si>
   <si>
     <t>#67 Jeffery Wheeler - LG</t>
   </si>
   <si>
     <t>#74 Victor Bradburn - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
     <t>#99 Lewis Douglas - DT</t>
   </si>
   <si>
     <t>#99 John Millard - WLB</t>
   </si>
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#56 Charles McNeil - MLB</t>
   </si>
   <si>
     <t>#98 Jerome Dam - SLB</t>
   </si>
   <si>
     <t>#22 Frank Dickson - CB</t>
   </si>
   <si>
     <t>#25 Robert Leonard - SS</t>
   </si>
@@ -512,57 +512,57 @@
   <si>
     <t>MTL 38</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-MTL 38 (14:08) 11-John Corby pass complete to 87-Adam Kenney to MTL 46 for 8 yards. Tackle by 41-Tom James. Great move by 87-Adam Kenney to get free of his coverage. PENALTY - Pass Interference (LSV 41-Tom James)</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#32 David Leonard - RB</t>
   </si>
   <si>
     <t>#36 Alfred Parke - FB</t>
   </si>
   <si>
     <t>#12 Alex Krueger - WR</t>
   </si>
   <si>
     <t>#82 Ralph Ferro - WR</t>
   </si>
   <si>
-    <t>#56 Jim Bynum - RT</t>
+    <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#68 Jason Sanders - LT</t>
   </si>
   <si>
-    <t>#76 Richard Zylstra - C</t>
+    <t>#76 Richard Zylstra - LT</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#78 Armand Robertson - RT</t>
   </si>
   <si>
     <t>#78 Leonard Newport - DT</t>
   </si>
   <si>
     <t>#57 Ray Pearson - WLB</t>
   </si>
   <si>
     <t>#43 Tom James - RDE</t>
   </si>
   <si>
     <t>#28 Todd Burke - CB</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>MTL 44</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#23 Marcus Carwile - RB</t>
   </si>
   <si>
     <t>#20 Terry Velazquez - RB</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>LSV 49</t>
   </si>
   <si>
     <t>4-3-LSV 49 (12:05) 3-Mike Taylor punts 50 yards to LSV -1. PENALTY - Holding (MTL 79-Nicholas Moore)</t>
   </si>
   <si>
     <t>#3 Mike Taylor - P</t>
   </si>
   <si>
     <t>#61 Thomas Ramon - LG</t>
   </si>
   <si>
     <t>#76 Stephen Whited - RT</t>
   </si>
   <si>
-    <t>#79 Nicholas Moore - LG</t>
+    <t>#60 Nicholas Moore - LG</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>MTL 41</t>
   </si>
   <si>
     <t>4-13-MTL 41 (11:57) 3-Mike Taylor punts 46 yards to LSV 13. Fair Catch by 23-Timothy Brewer. MTL 72-Jim Bynum was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>LSV 13</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LSV 13 (11:50) 12-Brandon Tejada pass complete to 89-Jack Christy to LSV 17 for 4 yards. Tackle by 52-Harry McDaniel.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
@@ -2193,94 +2193,94 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="323.064" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">