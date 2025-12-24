--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -344,51 +344,51 @@
   <si>
     <t>VDW 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MUD 25 (15:00) 12-Issac Fulmer pass complete to 84-Ronald Whittaker to MUD 38 for 13 yards. Tackle by 90-Miguel Torres. 84-Ronald Whittaker did some fancy footwork there.</t>
   </si>
   <si>
     <t>#14 Issac Fulmer - QB</t>
   </si>
   <si>
     <t>#83 Clay McMaster - TE</t>
   </si>
   <si>
     <t>#88 Clifford Quinton - WR</t>
   </si>
   <si>
     <t>#84 Ronald Whittaker - WR</t>
   </si>
   <si>
-    <t>#10 Daniel Caron - WR</t>
+    <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
     <t>#64 Scott Batts - RG</t>
   </si>
   <si>
     <t>#56 Patrick Brown - RG</t>
   </si>
   <si>
     <t>#74 Jose Aston - C</t>
   </si>
   <si>
     <t>#63 George Collins - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#69 Joseph McKeown - LDE</t>
   </si>
   <si>
     <t>#77 Eugene Butterworth - DT</t>
   </si>
   <si>
     <t>#57 Derrick Gonzalez - DT</t>
   </si>
@@ -614,72 +614,72 @@
   <si>
     <t>#70 Ian Wolfe - LT</t>
   </si>
   <si>
     <t>#62 Jacob Ainsworth - LG</t>
   </si>
   <si>
     <t>#69 John Wetzel - C</t>
   </si>
   <si>
     <t>#70 Andrew Little - LT</t>
   </si>
   <si>
     <t>#51 Ronald Ridge - RT</t>
   </si>
   <si>
     <t>#50 Alberto Bibler - LDE</t>
   </si>
   <si>
     <t>#56 William Ward - DT</t>
   </si>
   <si>
     <t>#21 Calvin Sutherland - CB</t>
   </si>
   <si>
-    <t>#37 Mark Wolfgang - CB</t>
+    <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>#29 William Brady - SS</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>SDR 33</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>2-2-SDR 33 (10:28) 15-Franklin Williams pass complete to 18-Kenneth Hardin to SDR 38 for 5 yards. Tackle by 98-William Ward.</t>
   </si>
   <si>
     <t>#83 Chester Freeman - TE</t>
   </si>
   <si>
-    <t>#63 Joseph Williams - C</t>
+    <t>#71 Joseph Williams - C</t>
   </si>
   <si>
     <t>#99 Jeffrey Herron - DT</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>SDR 38</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SDR 38 (9:43) PENALTY - False Start (SDR 10-Chester Freeman)</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>1-15-SDR 33 (9:43) 85-James Caputo ran to SDR 37 for 4 yards. Tackle by 98-William Ward.</t>
   </si>