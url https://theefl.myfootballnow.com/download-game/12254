--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -416,51 +416,51 @@
   <si>
     <t>#47 Eric Nguyen - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>VDW 38</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>1-10-MUD 38 (14:26) 12-Issac Fulmer pass complete to 44-Robert Stevens to MUD 45 for 7 yards. Tackle by 51-Jonathan Brown. MUD 64-Richard Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#45 Christopher Terrell - CB</t>
   </si>
   <si>
     <t>#27 John Stratton - CB</t>
   </si>
   <si>
-    <t>#41 Donald Shaffer - FS</t>
+    <t>#29 Donald Shaffer - FS</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>VDW 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-3-MUD 45 (13:44) 44-Robert Stevens ran to MUD 48 for 4 yards. Tackle by 90-Miguel Torres. MUD 13-Clifford Quinton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#76 Edward Oswald - RT</t>
   </si>
   <si>
     <t>#56 Carl Carney - SLB</t>
   </si>
   <si>
     <t>#28 Robert Strickland - CB</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-8-SDR 10 (11:16) 12-Issac Fulmer pass Pass knocked down by 43-Christopher Terrell. incomplete, intended for 83-Clay McMaster.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-SDR 10 (11:13) 11-Walter Evans 27 yard field goal is GOOD. MUD 3 SDR 0</t>
   </si>
   <si>
     <t>#7 Fred Meyer - QB</t>
   </si>
   <si>
     <t>#11 Walter Evans - K</t>
   </si>
   <si>
-    <t>#72 Noel Pickett - LT</t>
+    <t>#65 Noel Pickett - LT</t>
   </si>
   <si>
     <t>#53 Kenneth Whittaker - MLB</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>VDW 35</t>
   </si>
   <si>
     <t>(11:10) 11-Walter Evans kicks 75 yards from MUD 35 to SDR -10. Touchback.</t>
   </si>
   <si>
     <t>#87 Kenneth Hardin - WR</t>
   </si>
   <si>
     <t>SDR 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>