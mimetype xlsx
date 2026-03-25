--- v2 (2026-01-23)
+++ v3 (2026-03-25)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Robert Metzger kicks 74 yards from SDR 35 to MUD -9. Touchback.</t>
   </si>
   <si>
     <t>#44 Robert Stevens - RB</t>
   </si>
   <si>
     <t>#58 Paul Hudgins - SLB</t>
   </si>
   <si>
     <t>#73 Waylon Allen - LDE</t>
   </si>
   <si>
     <t>#91 Ricky Machuca - LDE</t>
   </si>
   <si>
     <t>#37 Jonas Lomas - CB</t>
   </si>
   <si>
-    <t>#93 Micheal Carter - LDE</t>
+    <t>#60 Micheal Carter - LDE</t>
   </si>
   <si>
     <t>#40 James Castro - SS</t>
   </si>
   <si>
     <t>#54 Sheldon Larios - WLB</t>
   </si>
   <si>
     <t>#29 Franklin Barlowe - CB</t>
   </si>
   <si>
     <t>#66 Victor Roark - DT</t>
   </si>
   <si>
     <t>#90 James Davis - WLB</t>
   </si>
   <si>
     <t>#2 Robert Metzger - K</t>
   </si>
   <si>
     <t>VDW</t>
   </si>
   <si>
     <t>VDW 25</t>
   </si>
@@ -368,66 +368,66 @@
   <si>
     <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
     <t>#64 Scott Batts - RG</t>
   </si>
   <si>
     <t>#56 Patrick Brown - RG</t>
   </si>
   <si>
     <t>#74 Jose Aston - C</t>
   </si>
   <si>
     <t>#63 George Collins - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#69 Joseph McKeown - LDE</t>
   </si>
   <si>
     <t>#77 Eugene Butterworth - DT</t>
   </si>
   <si>
-    <t>#57 Derrick Gonzalez - DT</t>
+    <t>#52 Derrick Gonzalez - DT</t>
   </si>
   <si>
     <t>#96 Rogelio Bland - DT</t>
   </si>
   <si>
     <t>#51 Jonathan Brown - SLB</t>
   </si>
   <si>
     <t>#53 Robert Beachum - WLB</t>
   </si>
   <si>
     <t>#22 Alvin Collinson - CB</t>
   </si>
   <si>
-    <t>#23 Ted Martinez - CB</t>
+    <t>#48 Ted Martinez - CB</t>
   </si>
   <si>
     <t>#90 Miguel Torres - CB</t>
   </si>
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#47 Eric Nguyen - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>VDW 38</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>1-10-MUD 38 (14:26) 12-Issac Fulmer pass complete to 44-Robert Stevens to MUD 45 for 7 yards. Tackle by 51-Jonathan Brown. MUD 64-Richard Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>#21 Calvin Sutherland - CB</t>
   </si>
   <si>
     <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>#29 William Brady - SS</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>SDR 33</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>2-2-SDR 33 (10:28) 15-Franklin Williams pass complete to 18-Kenneth Hardin to SDR 38 for 5 yards. Tackle by 98-William Ward.</t>
   </si>
   <si>
     <t>#83 Chester Freeman - TE</t>
   </si>
   <si>
-    <t>#71 Joseph Williams - C</t>
+    <t>#65 Joseph Williams - C</t>
   </si>
   <si>
     <t>#99 Jeffrey Herron - DT</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>SDR 38</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-SDR 38 (9:43) PENALTY - False Start (SDR 10-Chester Freeman)</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>1-15-SDR 33 (9:43) 85-James Caputo ran to SDR 37 for 4 yards. Tackle by 98-William Ward.</t>
   </si>
@@ -932,51 +932,51 @@
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>1-10-MUD 13 (0:12) 15-Franklin Williams pass complete to 32-Joe McGrail for 13 yards. TOUCHDOWN! MUD 3 SDR 6</t>
   </si>
   <si>
     <t>0:07</t>
   </si>
   <si>
     <t>VDW 15</t>
   </si>
   <si>
     <t>(0:08) Extra point GOOD by 2-Robert Metzger. MUD 3 SDR 7</t>
   </si>
   <si>
     <t>#5 Thomas Wright - P</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>#65 Joseph Baker - RT</t>
   </si>
   <si>
-    <t>#64 Rudolph Coley - RDE</t>
+    <t>#96 Rudolph Coley - RDE</t>
   </si>
   <si>
     <t>#94 Terry Snell - MLB</t>
   </si>
   <si>
     <t>#59 Stanley Ordonez - MLB</t>
   </si>
   <si>
     <t>(0:08) 2-Robert Metzger kicks 72 yards from SDR 35 to MUD -7. 44-Robert Stevens to MUD 34 for 42 yards. Tackle by 68-Robert Beachum.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>VDW 34</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MUD 34 (15:00) 22-John Echols ran to MUD 34 for -1 yards. Tackle by 51-Jonathan Brown.</t>
   </si>