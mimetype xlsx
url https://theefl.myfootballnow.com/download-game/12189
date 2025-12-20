--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -686,51 +686,51 @@
   <si>
     <t>#60 David Bigelow - RDE</t>
   </si>
   <si>
     <t>#95 Numbers Ho - MLB</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>CBR 27</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-8-CBR 27 (8:06) 3-Charles Jones pass Pass knocked down by 95-Numbers Ho. incomplete, intended for 81-Franklin Clair.</t>
   </si>
   <si>
     <t>#81 Franklin Clair - WR</t>
   </si>
   <si>
-    <t>#82 Thomas Campbell - WR</t>
+    <t>#88 Thomas Campbell - WR</t>
   </si>
   <si>
     <t>#84 Stan Sanders - WR</t>
   </si>
   <si>
     <t>#47 Randolph Clark - FS</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-8-CBR 27 (8:03) 3-Charles Jones pass complete to 81-Franklin Clair to CBR 30 for 3 yards. Tackle by 30-Kenneth Wiley. CBR 64-Paul Ruppe was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>CBR 30</t>
   </si>