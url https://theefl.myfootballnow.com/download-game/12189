--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -614,51 +614,51 @@
   <si>
     <t>#95 David Ledford - MLB</t>
   </si>
   <si>
     <t>#51 Albert Perez - DT</t>
   </si>
   <si>
     <t>#90 Alonzo Cherry - MLB</t>
   </si>
   <si>
     <t>#52 Morris Brown - SLB</t>
   </si>
   <si>
     <t>BBF 35</t>
   </si>
   <si>
     <t>(8:49) 8-Gerald Fox kicks 74 yards from RYL 35 to CBR -9. Touchback.</t>
   </si>
   <si>
     <t>#22 Albert Rivera - RB</t>
   </si>
   <si>
     <t>#64 Luis Johnson - C</t>
   </si>
   <si>
-    <t>#60 Robert Timberlake - RG</t>
+    <t>#50 Robert Timberlake - RG</t>
   </si>
   <si>
     <t>CBR 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CBR 25 (8:49) 22-Albert Rivera ran to CBR 27 for 2 yards. Tackle by 78-Jaime Sudduth.</t>
   </si>
   <si>
     <t>#18 Charles Jones - QB</t>
   </si>
   <si>
     <t>#12 Conrad Morrison - RB</t>
   </si>
   <si>
     <t>#45 Melvin Craft - FB</t>
   </si>
   <si>
     <t>#82 George Milner - TE</t>
   </si>