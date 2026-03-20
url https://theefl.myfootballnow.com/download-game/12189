--- v2 (2026-01-19)
+++ v3 (2026-03-20)
@@ -434,51 +434,51 @@
   <si>
     <t>2-10-RYL 39 (14:13) 6-Archie Stull pass incomplete, dropped by 17-Tim Mantooth. PENALTY - Pass Interference (CBR 29-Agustin McCoy)</t>
   </si>
   <si>
     <t>#31 Ben Wiggins - CB</t>
   </si>
   <si>
     <t>#44 Emilio Hamilton - SS</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>BBF 45</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-RYL 45 (14:09) 38-Mario Alcott ran to RYL 46 for 1 yards. Tackle by 6-Gordon Scarbrough.</t>
   </si>
   <si>
-    <t>#80 Nathan Solomon - TE</t>
+    <t>#88 Nathan Solomon - TE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>BBF 46</t>
   </si>
   <si>
     <t>2-9-RYL 46 (13:31) 6-Archie Stull pass complete to 83-McKinley McKissack to CBR 49 for 4 yards. Tackle by 31-Ben Wiggins.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>CBR 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-5-CBR 49 (12:50) 6-Archie Stull pass complete to 87-Mike Estrada to CBR 40 for 10 yards. Tackle by 99-Matthew Cook.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>1-10-CBR 25 (8:49) 22-Albert Rivera ran to CBR 27 for 2 yards. Tackle by 78-Jaime Sudduth.</t>
   </si>
   <si>
     <t>#18 Charles Jones - QB</t>
   </si>
   <si>
     <t>#12 Conrad Morrison - RB</t>
   </si>
   <si>
     <t>#45 Melvin Craft - FB</t>
   </si>
   <si>
     <t>#82 George Milner - TE</t>
   </si>
   <si>
     <t>#83 Carlos Smith - TE</t>
   </si>
   <si>
     <t>#72 John Schoenrock - LT</t>
   </si>
   <si>
     <t>#64 Paul Ruppe - LG</t>
   </si>
   <si>
-    <t>#70 Stanley Callahan - RG</t>
+    <t>#51 Stanley Callahan - RG</t>
   </si>
   <si>
     <t>#66 Robert English - RT</t>
   </si>
   <si>
     <t>#55 Joe Quinn - LDE</t>
   </si>
   <si>
     <t>#52 James Barba - DT</t>
   </si>
   <si>
     <t>#60 David Bigelow - RDE</t>
   </si>
   <si>
     <t>#95 Numbers Ho - MLB</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>CBR 27</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
@@ -1718,51 +1718,51 @@
   <si>
     <t>1-10-RYL 24 (3:35) 6-Archie Stull pass Pass knocked down by 99-Matthew Cook. incomplete, intended for 87-Mike Estrada.</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>2-10-RYL 24 (3:29) 6-Archie Stull pass Pass knocked down by 49-Scotty Johnson. incomplete, intended for 17-Tim Mantooth. Pressure by 6-Gordon Scarbrough. PENALTY - Pass Interference (CBR 49-Scotty Johnson)</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>BBF 31</t>
   </si>
   <si>
     <t>1-10-RYL 31 (3:25) 6-Archie Stull pass complete to 34-Justin London to RYL 45 for 14 yards.</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>1-10-RYL 45 (3:20) 6-Archie Stull sacked at RYL 35 for -9 yards (53-Ricky Dorris). Sack allowed by 37-Brian Sims.</t>
   </si>
   <si>
-    <t>#53 Ricky Dorris - WLB</t>
+    <t>#96 Ricky Dorris - WLB</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-19-RYL 35 (2:54) 6-Archie Stull pass Pass knocked down by 42-Jeffrey Kinslow. incomplete, intended for 81-Stanley Burns.</t>
   </si>
   <si>
     <t>2:49</t>
   </si>
   <si>
     <t>3-19-RYL 35 (2:50) 6-Archie Stull pass complete to 84-Ricardo Hall to CBR 44 for 20 yards. Tackle by 40-Luis Pruett.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>CBR 44</t>
   </si>