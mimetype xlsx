--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SDR</t>
   </si>
   <si>
     <t>SDR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Robert Metzger kicks 70 yards from SDR 35 to DAK -5. Touchback.</t>
   </si>
   <si>
     <t>#31 Homer Benge - RB</t>
   </si>
   <si>
-    <t>#97 Edward Tracy - SLB</t>
+    <t>#56 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#66 William Vito - RDE</t>
   </si>
   <si>
     <t>#92 Barrett Fort - SLB</t>
   </si>
   <si>
     <t>#37 Carl Kenney - FS</t>
   </si>
   <si>
     <t>#56 Donald Motyka - DT</t>
   </si>
   <si>
     <t>#99 David Smith - MLB</t>
   </si>
   <si>
     <t>#90 Paul Shields - DT</t>
   </si>
   <si>
     <t>#27 Johnathan Kim - FS</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>SDR 27</t>
   </si>
   <si>
     <t>I Formation 3WR Outside Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-5-SDR 27 (2:47) 15-Franklin Williams pass complete to 18-Kenneth Hardin to SDR 30 for 3 yards. Tackle by 45-Alexander Jackson.</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>SDR 30</t>
   </si>
   <si>
     <t>4-2-SDR 30 (2:00) 5-Thomas Wright punts 56 yards to DAK 13.</t>
   </si>
   <si>
     <t>#5 Thomas Wright - P</t>
   </si>
   <si>
-    <t>#63 Joseph Williams - C</t>
+    <t>#71 Joseph Williams - C</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>DAK 13</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-DAK 13 (1:51) 11-William Porter sacked at DAK 10 for -3 yards (72-Eric Langford). Sack allowed by 64-William Barnes.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>DAK 10</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>