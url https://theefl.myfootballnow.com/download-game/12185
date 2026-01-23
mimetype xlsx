--- v1 (2025-12-24)
+++ v2 (2026-01-23)
@@ -470,51 +470,51 @@
   <si>
     <t>Dime Flat Prevent</t>
   </si>
   <si>
     <t>2-8-DAK 34 (13:35) 11-William Porter pass complete to 17-Richard Douglas to SDR 47 for 19 yards. Tackle by 28-Robert Strickland.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>SDR 47</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SDR 47 (12:49) 31-Homer Benge ran to SDR 36 for 12 yards. Tackle by 48-Donald Shaffer.</t>
   </si>
   <si>
     <t>#27 John Stratton - CB</t>
   </si>
   <si>
-    <t>#41 Donald Shaffer - FS</t>
+    <t>#29 Donald Shaffer - FS</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>SDR 36</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-SDR 36 (12:04) 11-William Porter pass complete to 43-Frederick Macaluso to SDR 23 for 13 yards. Tackle by 51-Jonathan Brown. Pressure by 67-Walter Fessler. DAK 31-Homer Benge was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>SDR 23</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>#89 Johnnie Zeitz - WR</t>
   </si>
   <si>
     <t>#71 Merlin Martin - LT</t>
   </si>
   <si>
     <t>#70 Andrew Little - LT</t>
   </si>
   <si>
     <t>#69 John Wetzel - C</t>
   </si>
   <si>
     <t>#70 Ian Wolfe - LT</t>
   </si>
   <si>
     <t>#64 Bryan Risinger - LT</t>
   </si>
   <si>
     <t>#53 Sean Kennedy - LDE</t>
   </si>
   <si>
     <t>#98 Eddie Redmon - RDE</t>
   </si>
   <si>
-    <t>#94 Nicholas Hampton - WLB</t>
+    <t>#93 Nicholas Hampton - WLB</t>
   </si>
   <si>
     <t>#26 Alexander Jackson - FS</t>
   </si>
   <si>
     <t>#30 Joseph Patton - CB</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>SDR 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-11-SDR 24 (8:57) 85-James Caputo ran to SDR 35 for 11 yards. Tackle by 25-Joseph Patton. DAK 94-Nicholas Hampton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#80 Casey Maldonado - WR</t>
   </si>