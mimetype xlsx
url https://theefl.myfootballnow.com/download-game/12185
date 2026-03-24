--- v2 (2026-01-23)
+++ v3 (2026-03-24)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Robert Metzger kicks 70 yards from SDR 35 to DAK -5. Touchback.</t>
   </si>
   <si>
     <t>#31 Homer Benge - RB</t>
   </si>
   <si>
     <t>#56 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#66 William Vito - RDE</t>
   </si>
   <si>
     <t>#92 Barrett Fort - SLB</t>
   </si>
   <si>
     <t>#37 Carl Kenney - FS</t>
   </si>
   <si>
-    <t>#56 Donald Motyka - DT</t>
+    <t>#99 Donald Motyka - DT</t>
   </si>
   <si>
     <t>#99 David Smith - MLB</t>
   </si>
   <si>
     <t>#90 Paul Shields - DT</t>
   </si>
   <si>
     <t>#27 Johnathan Kim - FS</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
   <si>
     <t>#55 Jonathan Price - DT</t>
   </si>
   <si>
     <t>#2 Robert Metzger - K</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 25</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#78 Thomas Kaiser - RT</t>
   </si>
   <si>
     <t>#98 Eric Langford - LDE</t>
   </si>
   <si>
     <t>#92 Walter Fessler - DT</t>
   </si>
   <si>
     <t>#94 Robert Charles - DT</t>
   </si>
   <si>
     <t>#69 Joseph McKeown - LDE</t>
   </si>
   <si>
     <t>#56 Carl Carney - SLB</t>
   </si>
   <si>
     <t>#54 Herbert Derry - MLB</t>
   </si>
   <si>
     <t>#51 Jonathan Brown - SLB</t>
   </si>
   <si>
-    <t>#23 Ted Martinez - CB</t>
+    <t>#48 Ted Martinez - CB</t>
   </si>
   <si>
     <t>#45 Christopher Terrell - CB</t>
   </si>
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#22 Alvin Collinson - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DAK 25 (14:16) 11-William Porter pass complete to 29-Richard Messenger to DAK 29 for 3 yards. Tackle by 43-Christopher Terrell. PENALTY - Pass Interference (SDR 54-Herbert Derry)</t>
   </si>
   <si>
     <t>#29 Richard Messenger - RB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-SDR 14 (9:37) PENALTY - False Start (DAK 78-Thomas Kaiser)</t>
   </si>
   <si>
     <t>#7 Stanley Collins - P</t>
   </si>
   <si>
     <t>#71 Christopher Recker - C</t>
   </si>
   <si>
     <t>#3 James White - K</t>
   </si>
   <si>
     <t>#91 Paul Taylor - RDE</t>
   </si>
   <si>
     <t>#51 Heath Carpenter - LG</t>
   </si>
   <si>
     <t>#53 Kenneth Whittaker - MLB</t>
   </si>
   <si>
-    <t>#57 Derrick Gonzalez - DT</t>
+    <t>#52 Derrick Gonzalez - DT</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>SDR 19</t>
   </si>
   <si>
     <t>4-7-SDR 19 (9:37) 3-James White 37 yard field goal is GOOD. SDR 0 DAK 3</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>DAK 35</t>
   </si>
   <si>
     <t>(9:34) 3-James White kicks 67 yards from DAK 35 to SDR -2. Touchback.</t>
   </si>
   <si>
     <t>#87 Kenneth Hardin - WR</t>
   </si>
   <si>
     <t>SDR 25</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>SDR 27</t>
   </si>
   <si>
     <t>I Formation 3WR Outside Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-5-SDR 27 (2:47) 15-Franklin Williams pass complete to 18-Kenneth Hardin to SDR 30 for 3 yards. Tackle by 45-Alexander Jackson.</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>SDR 30</t>
   </si>
   <si>
     <t>4-2-SDR 30 (2:00) 5-Thomas Wright punts 56 yards to DAK 13.</t>
   </si>
   <si>
     <t>#5 Thomas Wright - P</t>
   </si>
   <si>
-    <t>#71 Joseph Williams - C</t>
+    <t>#65 Joseph Williams - C</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>DAK 13</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-DAK 13 (1:51) 11-William Porter sacked at DAK 10 for -3 yards (72-Eric Langford). Sack allowed by 64-William Barnes.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>DAK 10</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>