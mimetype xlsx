--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -578,51 +578,51 @@
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>1-10-STL 40 (12:39) 9-Roy Reading pass complete to 28-Anthony Fells to STL 28 for 13 yards. MFs 68-Mark Fisher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#26 Anthony Fells - RB</t>
   </si>
   <si>
     <t>#77 Ken Trammell - RT</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-STL 28 (12:00) 41-Paul Chatman ran to STL 22 for 6 yards. Tackle by 21-Neal Weekes.</t>
   </si>
   <si>
-    <t>#41 Paul Chatman - RB</t>
+    <t>#33 Paul Chatman - RB</t>
   </si>
   <si>
     <t>#81 Duke Shamblin - TE</t>
   </si>
   <si>
     <t>#73 Donald Bell - RT</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>STL 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-4-STL 22 (11:17) 9-Roy Reading pass complete to 10-Kyle Olson to STL 15 for 6 yards. Tackle by 45-Larry Robson.</t>
   </si>
   <si>
     <t>10:35</t>
   </si>