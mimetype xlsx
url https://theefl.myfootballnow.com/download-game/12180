--- v1 (2025-12-18)
+++ v2 (2026-01-17)
@@ -386,51 +386,51 @@
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#94 Dusty Russo - LDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
     <t>#91 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
-    <t>#52 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>#25 Ronald Perkins - CB</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>STL 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-STL 28 (14:19) 3-Harold Curry pass Pass knocked down by 54-Bob Rankin. incomplete, intended for 33-Raymond Edwards.</t>
   </si>
@@ -650,90 +650,90 @@
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>STL 14</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>3-9-STL 14 (9:55) 9-Roy Reading pass complete to 33-Timothy Wise to STL 14 for a short loss. Tackle by 97-Jose Plott.</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-STL 14 (9:21) 6-Joe Davis 31 yard field goal is GOOD. MFs 3 STL 0</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#65 Charles Bailey - RG</t>
   </si>
   <si>
     <t>#71 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#57 Robert Lindsey - SLB</t>
   </si>
   <si>
     <t>#94 Danny Siegle - LDE</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>(9:19) 6-Joe Davis kicks 75 yards from MFs 35 to STL -10. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-STL 25 (9:19) 33-Raymond Edwards ran to STL 28 for 3 yards. Tackle by 39-Anthony Wills. MFs 91-Robert Thibodaux was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-7-STL 28 (8:44) 3-Harold Curry pass complete to 84-Anthony Cartwright to STL 35 for 6 yards. Tackle by 25-Ronald Perkins. PENALTY - Offsides (MFs 75-Dusty Russo)</t>
   </si>
   <si>
-    <t>#96 Cesar Rodiguez - RDE</t>
+    <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>STL 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-2-STL 33 (8:41) 3-Harold Curry pass complete to 33-Raymond Edwards to STL 32 for -1 yards. Tackle by 26-Matthew Wood.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>STL 32</t>
   </si>
   <si>
     <t>3-3-STL 32 (8:05) 3-Harold Curry pass complete to 84-Anthony Cartwright to STL 34 for 2 yards. Tackle by 25-Ronald Perkins. Pressure by 96-Cesar Rodiguez.</t>
   </si>
@@ -2221,86 +2221,86 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="308.925" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>