--- v2 (2026-01-17)
+++ v3 (2026-03-19)
@@ -302,135 +302,135 @@
   <si>
     <t>(15:00) 6-Joe Davis kicks 74 yards from MFs 35 to STL -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Jerome Wash - WR</t>
   </si>
   <si>
     <t>#92 Gary Anderson - DT</t>
   </si>
   <si>
     <t>#55 Gerard Huss - WLB</t>
   </si>
   <si>
     <t>#95 Dennis Barras - DT</t>
   </si>
   <si>
     <t>#21 Neal Weekes - CB</t>
   </si>
   <si>
     <t>#45 Larry Robson - CB</t>
   </si>
   <si>
     <t>#29 Brent Brown - SS</t>
   </si>
   <si>
-    <t>#19 Joseph Louque - LDE</t>
+    <t>#79 Joseph Louque - LDE</t>
   </si>
   <si>
     <t>#53 Jose Plott - SLB</t>
   </si>
   <si>
     <t>#97 Anthony Bacon - MLB</t>
   </si>
   <si>
     <t>#66 Maurice Hamilton - RDE</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>STL</t>
   </si>
   <si>
     <t>STL 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-STL 25 (15:00) 33-Raymond Edwards ran to STL 28 for 3 yards. Tackle by 53-Eddie Bartsch.</t>
   </si>
   <si>
     <t>#3 Harold Curry - QB</t>
   </si>
   <si>
     <t>#33 Raymond Edwards - RB</t>
   </si>
   <si>
     <t>#44 James Leigh - RB</t>
   </si>
   <si>
     <t>#26 Douglas Camacho - FB</t>
   </si>
   <si>
     <t>#86 Anthony Cartwright - TE</t>
   </si>
   <si>
-    <t>#31 Matthew Wade - FB</t>
+    <t>#31 Matthew Wade - RB</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
-    <t>#69 Joseph Lemond - C</t>
+    <t>#66 Joseph Lemond - RG</t>
   </si>
   <si>
     <t>#68 Tommy Eddy - RG</t>
   </si>
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#94 Dusty Russo - LDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
-    <t>#91 Robert Thibodaux - RDE</t>
+    <t>#73 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
-    <t>#91 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>#25 Ronald Perkins - CB</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>STL 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-7-STL 28 (14:19) 3-Harold Curry pass Pass knocked down by 54-Bob Rankin. incomplete, intended for 33-Raymond Edwards.</t>
   </si>
@@ -458,72 +458,72 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-7-STL 28 (14:15) 3-Harold Curry pass incomplete, intended for 15-Aaron Zane. That ball was not released cleanly.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-STL 28 (14:12) 8-Kirk Johnson punts 48 yards to MFs 23. Fair Catch by 3-Edward Teach.</t>
   </si>
   <si>
     <t>#8 Kirk Johnson - P</t>
   </si>
   <si>
     <t>#71 Milford Higdon - LG</t>
   </si>
   <si>
-    <t>#3 Edward Teach - WR</t>
+    <t>#17 Edward Teach - WR</t>
   </si>
   <si>
     <t>#31 Joseph Harman - CB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>MFs 23</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MFs 23 (14:06) 9-Roy Reading pass complete to 87-Louie McIntosh to MFs 34 for 11 yards. Tackle by 45-Larry Robson.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#33 Timothy Wise - RB</t>
   </si>
   <si>
     <t>#80 Louie McIntosh - TE</t>
   </si>
   <si>
     <t>#10 Kyle Olson - WR</t>
   </si>
   <si>
     <t>#82 Joel Cashman - WR</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>3-9-STL 14 (9:55) 9-Roy Reading pass complete to 33-Timothy Wise to STL 14 for a short loss. Tackle by 97-Jose Plott.</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-STL 14 (9:21) 6-Joe Davis 31 yard field goal is GOOD. MFs 3 STL 0</t>
   </si>
   <si>
     <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#65 Charles Bailey - RG</t>
   </si>
   <si>
-    <t>#71 Delbert Grady - RT</t>
+    <t>#76 Delbert Grady - RT</t>
   </si>
   <si>
     <t>#57 Robert Lindsey - SLB</t>
   </si>
   <si>
     <t>#94 Danny Siegle - LDE</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>(9:19) 6-Joe Davis kicks 75 yards from MFs 35 to STL -10. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-STL 25 (9:19) 33-Raymond Edwards ran to STL 28 for 3 yards. Tackle by 39-Anthony Wills. MFs 91-Robert Thibodaux was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
@@ -1070,51 +1070,51 @@
   <si>
     <t>(8:58) Extra point GOOD by 6-Joe Davis. MFs 17 STL 0</t>
   </si>
   <si>
     <t>(8:58) 6-Joe Davis kicks 72 yards from MFs 35 to STL -7. Touchback.</t>
   </si>
   <si>
     <t>1-10-STL 25 (8:58) 3-Harold Curry pass complete to 11-Jerome Wash to MFs 9 for 66 yards. STL 33-Raymond Edwards was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>MFs 9</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-9-MFs 9 (8:04) 3-Harold Curry pass Pass knocked down by 37-Terry Gonzalez. incomplete, intended for 81-John Hutchinson. PENALTY - Pass Interference (MFs 37-Terry Gonzalez)</t>
   </si>
   <si>
     <t>#78 Michael Pickles - LG</t>
   </si>
   <si>
-    <t>#70 Elvin Wetzel - RT</t>
+    <t>#62 Elvin Wetzel - RT</t>
   </si>
   <si>
     <t>#58 Clarence Truitt - WLB</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>MFs 2</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-2-MFs 2 (8:00) 3-Harold Curry ran for 2 yards. TOUCHDOWN! MFs 17 STL 6</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>(7:56) Extra point GOOD by 6-Armand McDowell. MFs 17 STL 7</t>
   </si>
   <si>
     <t>#6 Armand McDowell - K</t>
   </si>
@@ -2235,88 +2235,88 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">