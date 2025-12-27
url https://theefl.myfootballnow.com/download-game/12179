--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 18-Harry Bock kicks 71 yards from CCM 35 to WEL -6. 12-James Donovan to WEL 23 for 30 yards. Tackle by 47-Hugo Costello.</t>
   </si>
   <si>
     <t>#87 James Donovan - WR</t>
   </si>
   <si>
     <t>#37 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#97 Matthew Flickinger - MLB</t>
   </si>
   <si>
     <t>#53 Wade Snyder - WLB</t>
   </si>
   <si>
     <t>#52 Alberto Noble - DT</t>
   </si>
   <si>
     <t>#38 Derrick Collins - SS</t>
   </si>
   <si>
     <t>#94 Courtney Corbin - SLB</t>
   </si>
   <si>
-    <t>#54 Scott Nemeth - WLB</t>
+    <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#92 Daniel Harrison - RDE</t>
   </si>
   <si>
     <t>#67 Matthew Ackerman - DT</t>
   </si>
   <si>
     <t>#20 Frank Haas - CB</t>
   </si>
   <si>
     <t>#18 Harry Bock - K</t>
   </si>
   <si>
     <t>TRT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>TRT 23</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#8 David Stringfellow - QB</t>
   </si>
   <si>
     <t>#24 Jose Vinson - RB</t>
   </si>
   <si>
     <t>#45 Marvin Galarza - RB</t>
   </si>
   <si>
     <t>#89 Christian Cox - TE</t>
   </si>
   <si>
     <t>#82 Steven Knapp - WR</t>
   </si>
   <si>
     <t>#40 Gary Brown - RB</t>
   </si>
   <si>
     <t>#60 Robert Frazer - RG</t>
   </si>
   <si>
     <t>#63 Joe Dummer - LG</t>
   </si>
   <si>
-    <t>#64 Kent Hill - C</t>
+    <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#97 David Osby - LDE</t>
   </si>
   <si>
     <t>#82 Justin Wilson - DT</t>
   </si>
   <si>
     <t>#98 Archie Tucker - DT</t>
   </si>
   <si>
     <t>#75 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>#58 Dennis Santiago - SLB</t>
   </si>
   <si>
     <t>#93 Ron Smith - MLB</t>
   </si>
@@ -464,54 +464,54 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-WEL 27 (13:33) 6-David Johnson punts 53 yards to CCM 20. 23-Ted Petersen to CCM 30 for 11 yards. Tackle by 53-Wade Snyder.</t>
   </si>
   <si>
     <t>#6 David Johnson - P</t>
   </si>
   <si>
     <t>#23 Ted Petersen - RB</t>
   </si>
   <si>
     <t>#95 George Clemons - SLB</t>
   </si>
   <si>
     <t>#66 Carl Mitchell - SLB</t>
   </si>
   <si>
     <t>#33 James Humphreys - RB</t>
   </si>
   <si>
-    <t>#61 Ralph Unruh - C</t>
-[...2 lines deleted...]
-    <t>#65 Rick Nichols - C</t>
+    <t>#79 Ralph Unruh - C</t>
+  </si>
+  <si>
+    <t>#73 Rick Nichols - RT</t>
   </si>
   <si>
     <t>#56 Robert Patterson - SLB</t>
   </si>
   <si>
     <t>#92 Robert Fitchett - LDE</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>BSM 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-CCM 30 (13:24) 44-Charles Mills ran to CCM 34 for 4 yards. Tackle by 4-Frank Haas.</t>
   </si>
   <si>
     <t>#12 Paul Caruso - QB</t>
   </si>
   <si>
     <t>#14 Moises Coleman - RB</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#81 Daniel Tolbert - TE</t>
   </si>
   <si>
     <t>#86 Jarvis Jarnigan - TE</t>
   </si>
   <si>
     <t>#59 Ronald Batchelor - LT</t>
   </si>
   <si>
     <t>#63 Ismael Calvo - LDE</t>
   </si>
   <si>
     <t>#90 Mario Darley - SLB</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>BSM 39</t>
   </si>
   <si>
     <t>4-1-CCM 39 (11:20) 8-Malcolm Rife punts 42 yards to WEL 19. Fair Catch by 12-James Donovan.</t>
   </si>
   <si>
-    <t>#8 Malcolm Rife - P</t>
+    <t>#5 Malcolm Rife - P</t>
   </si>
   <si>
     <t>#66 Joaquin Cunningham - RG</t>
   </si>
   <si>
     <t>#74 Kent Pettaway - C</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>TRT 19</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-WEL 19 (11:13) 8-David Stringfellow pass incomplete, intended for 89-Christian Cox.</t>
   </si>
   <si>
     <t>11:11</t>
   </si>