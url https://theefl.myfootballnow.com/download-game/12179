--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -377,51 +377,51 @@
   <si>
     <t>#60 Robert Frazer - RG</t>
   </si>
   <si>
     <t>#63 Joe Dummer - LG</t>
   </si>
   <si>
     <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#97 David Osby - LDE</t>
   </si>
   <si>
     <t>#82 Justin Wilson - DT</t>
   </si>
   <si>
     <t>#98 Archie Tucker - DT</t>
   </si>
   <si>
-    <t>#75 Laverne Thomas - RDE</t>
+    <t>#56 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>#58 Dennis Santiago - SLB</t>
   </si>
   <si>
     <t>#93 Ron Smith - MLB</t>
   </si>
   <si>
     <t>#50 Roberto Gonzales - WLB</t>
   </si>
   <si>
     <t>#30 Tony Ellwood - CB</t>
   </si>
   <si>
     <t>#45 Paul Beach - CB</t>
   </si>
   <si>
     <t>#36 Gary Tolleson - SS</t>
   </si>
   <si>
     <t>#47 Hugo Costello - FS</t>
   </si>
   <si>
     <t>14:53</t>
   </si>