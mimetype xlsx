--- v2 (2026-01-26)
+++ v3 (2026-03-27)
@@ -524,51 +524,51 @@
   <si>
     <t>#80 Sherman Farmer - WR</t>
   </si>
   <si>
     <t>#82 Steven Smith - TE</t>
   </si>
   <si>
     <t>#57 Charles Yee - LT</t>
   </si>
   <si>
     <t>#64 Norman Petty - LG</t>
   </si>
   <si>
     <t>#55 Frank Brockett - C</t>
   </si>
   <si>
     <t>#77 Luis Turner - RG</t>
   </si>
   <si>
     <t>#73 Chester Swartz - RT</t>
   </si>
   <si>
     <t>#64 Lamar Walsh - LDE</t>
   </si>
   <si>
-    <t>#72 Ronald Cabot - DT</t>
+    <t>#76 Ronald Cabot - DT</t>
   </si>
   <si>
     <t>#29 Gerald Shelton - CB</t>
   </si>
   <si>
     <t>#31 Carl Gallardo - FS</t>
   </si>
   <si>
     <t>#44 Mark Wright - FS</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>BSM 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-CCM 34 (12:48) 12-Paul Caruso pass complete to 80-Sherman Farmer to CCM 40 for 6 yards. Tackle by 44-Mark Wright. 80-Sherman Farmer made a great move on the CB. CCM 57-Charles Yee was injured on the play. He looks like he should be able to return.</t>
   </si>