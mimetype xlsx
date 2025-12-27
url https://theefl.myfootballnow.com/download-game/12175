--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -290,51 +290,51 @@
   <si>
     <t>NVr</t>
   </si>
   <si>
     <t>NVr 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Angel Ward kicks 73 yards from NVr 35 to MTL -8. Touchback.</t>
   </si>
   <si>
     <t>#82 Ralph Ferro - WR</t>
   </si>
   <si>
     <t>#97 David Bowser - DT</t>
   </si>
   <si>
     <t>#98 Jerome Dam - SLB</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#56 Steven Nicely - SLB</t>
   </si>
   <si>
     <t>#45 Richard Moore - FS</t>
   </si>
   <si>
     <t>#88 Wayne Whitson - RB</t>
   </si>
   <si>
     <t>#25 Robert Leonard - SS</t>
   </si>
   <si>
     <t>#56 Charles McNeil - MLB</t>
   </si>
   <si>
     <t>#99 Lewis Douglas - DT</t>
   </si>
   <si>
     <t>#22 Frank Dickson - CB</t>
   </si>
   <si>
     <t>#3 Angel Ward - K</t>
   </si>
@@ -347,51 +347,51 @@
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-MTL 25 (15:00) 33-Scott Shields ran to MTL 28 for 3 yards. Tackle by 31-Clifford Rose. MTL 79-Nicholas Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#33 Scott Shields - RB</t>
   </si>
   <si>
     <t>#89 Travis Vanwinkle - TE</t>
   </si>
   <si>
     <t>#20 Terry Velazquez - RB</t>
   </si>
   <si>
     <t>#12 Alex Krueger - WR</t>
   </si>
   <si>
-    <t>#79 Nicholas Moore - LG</t>
+    <t>#60 Nicholas Moore - LG</t>
   </si>
   <si>
     <t>#68 Jason Sanders - LT</t>
   </si>
   <si>
     <t>#74 Nicholas Weston - C</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#76 Stephen Whited - RT</t>
   </si>
   <si>
     <t>#68 Trevor Proctor - LDE</t>
   </si>
   <si>
     <t>#77 Paul Richards - LDE</t>
   </si>
   <si>
     <t>#74 Craig Jones - DT</t>
   </si>
   <si>
     <t>#62 Kyle Plaisance - RDE</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NVr 29 (13:03) 5-Richard Barbour pass complete to 81-John Tew to NVr 40 for 11 yards. Tackle by 46-Walter Barlow.</t>
   </si>
   <si>
     <t>#5 Richard Barbour - QB</t>
   </si>
   <si>
     <t>#42 Jason Hurley - RB</t>
   </si>
   <si>
     <t>#49 Calvin Taylor - FB</t>
   </si>
   <si>
     <t>#81 John Tew - WR</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
+    <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
     <t>#67 Casey Smith - LG</t>
   </si>
   <si>
     <t>#63 James Palumbo - RT</t>
   </si>
   <si>
     <t>#71 Wayne McKeever - C</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
     <t>#34 Pierre Carter - CB</t>
   </si>