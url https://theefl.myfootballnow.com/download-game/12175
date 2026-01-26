--- v1 (2025-12-27)
+++ v2 (2026-01-26)
@@ -383,51 +383,51 @@
   <si>
     <t>#76 Stephen Whited - RT</t>
   </si>
   <si>
     <t>#68 Trevor Proctor - LDE</t>
   </si>
   <si>
     <t>#77 Paul Richards - LDE</t>
   </si>
   <si>
     <t>#74 Craig Jones - DT</t>
   </si>
   <si>
     <t>#62 Kyle Plaisance - RDE</t>
   </si>
   <si>
     <t>#57 Edward Celestine - SLB</t>
   </si>
   <si>
     <t>#93 Mark Lane - MLB</t>
   </si>
   <si>
     <t>#51 John Adams - MLB</t>
   </si>
   <si>
-    <t>#21 Jay Evans - CB</t>
+    <t>#21 Jay Evans - SS</t>
   </si>
   <si>
     <t>#47 Carlos Bee - CB</t>
   </si>
   <si>
     <t>#31 Clifford Rose - SS</t>
   </si>
   <si>
     <t>#49 Willard Kelly - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>MTL 28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-7-MTL 28 (14:20) 11-John Corby sacked at MTL 20 for -7 yards (68-Trevor Proctor). Sack allowed by 61-Thomas Ramon.</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NVr 29 (13:03) 5-Richard Barbour pass complete to 81-John Tew to NVr 40 for 11 yards. Tackle by 46-Walter Barlow.</t>
   </si>
   <si>
     <t>#5 Richard Barbour - QB</t>
   </si>
   <si>
     <t>#42 Jason Hurley - RB</t>
   </si>
   <si>
     <t>#49 Calvin Taylor - FB</t>
   </si>
   <si>
     <t>#81 John Tew - WR</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
     <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
-    <t>#67 Casey Smith - LG</t>
+    <t>#68 Casey Smith - LG</t>
   </si>
   <si>
     <t>#63 James Palumbo - RT</t>
   </si>
   <si>
     <t>#71 Wayne McKeever - C</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
     <t>#34 Pierre Carter - CB</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>