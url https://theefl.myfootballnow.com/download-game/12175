--- v2 (2026-01-26)
+++ v3 (2026-03-27)
@@ -689,51 +689,51 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-MTL 21 (7:15) 5-Richard Barbour pass complete to 47-William Alfano to MTL 12 for 9 yards. Pushed out of bounds by 52-Harry McDaniel.</t>
   </si>
   <si>
     <t>#66 Casey Ruch - LG</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>MTL 12</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-1-MTL 12 (6:33) 5-Richard Barbour pass Pass knocked down by 40-George Jones. incomplete, intended for 87-Casey Ruch.</t>
   </si>
   <si>
     <t>#80 Frederick Perez - TE</t>
   </si>
   <si>
-    <t>#94 Daniel Whitney - MLB</t>
+    <t>#56 Daniel Whitney - MLB</t>
   </si>
   <si>
     <t>#50 William Smith - MLB</t>
   </si>
   <si>
     <t>#40 George Jones - CB</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-1-MTL 12 (6:31) 44-Alfred Jones ran to MTL 4 for 8 yards. Tackle by 34-Pierre Carter.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>MTL 4</t>
   </si>
@@ -1961,51 +1961,51 @@
   <si>
     <t>1-9-NVr 9 (8:40) 23-Marcus Carwile ran to NVr 10 for -1 yards. Tackle by 97-John Adams. MTL 74-Nicholas Weston was injured on the play. MTL 23-Marcus Carwile was injured on the play.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>2-10-NVr 10 (8:02) 36-Alfred Parke ran to NVr 10 for 1 yards. Tackle by 68-Trevor Proctor.</t>
   </si>
   <si>
     <t>#75 Sylvester Hannah - C</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>3-10-NVr 10 (7:18) 36-Alfred Parke ran to NVr 5 for 4 yards. Tackle by 24-Mario Cano. MTL 89-Alex Krueger was injured on the play.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
     <t>4-5-NVr 5 (6:34) 4-Kyle Jobe 22 yard field goal is GOOD. NVr 14 MTL 17</t>
   </si>
   <si>
-    <t>#51 Chester Pratt - MLB</t>
+    <t>#97 Chester Pratt - MLB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>