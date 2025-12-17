--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -383,51 +383,51 @@
   <si>
     <t>#39 Harold Dempsey - FB</t>
   </si>
   <si>
     <t>#74 Arthur Root - RT</t>
   </si>
   <si>
     <t>#70 Daniel Snow - LDE</t>
   </si>
   <si>
     <t>#78 Michael Godines - DT</t>
   </si>
   <si>
     <t>#99 Arnold Moncada - DT</t>
   </si>
   <si>
     <t>#89 John Peters - LDE</t>
   </si>
   <si>
     <t>#22 Mickey Stanley - CB</t>
   </si>
   <si>
     <t>#94 Slimer Onionhead Jr. - WLB</t>
   </si>
   <si>
-    <t>#52 Willie Flores - WLB</t>
+    <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#24 Levi Deskaheh - CB</t>
   </si>
   <si>
     <t>#41 Nicholas Considine - CB</t>
   </si>
   <si>
     <t>#25 Marco Smith - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Loyd - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>DVD 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
@@ -470,51 +470,51 @@
   <si>
     <t>#18 Allen Sutton - P</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#20 Lincoln Szeto - RB</t>
   </si>
   <si>
     <t>#64 Caleb Lowe - RT</t>
   </si>
   <si>
     <t>#96 Michael Garcia - MLB</t>
   </si>
   <si>
     <t>#77 Allan Johnson - LG</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
     <t>#44 Jon Wright - FB</t>
   </si>
   <si>
-    <t>#54 Leo Negrete - DT</t>
+    <t>#53 Leo Negrete - DT</t>
   </si>
   <si>
     <t>#99 Matthew Bussey - LDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LCB 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MEL 29 (12:54) 20-Lincoln Szeto ran to MEL 30 for a short gain. Tackle by 50-Robert Winters.</t>
   </si>
   <si>
     <t>#5 Joseph Ferguson - QB</t>
   </si>
   <si>
     <t>#33 Miguel Nunez - RB</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>#50 David Dickey - LT</t>
   </si>
   <si>
     <t>#72 William Mansour - C</t>
   </si>
   <si>
     <t>#53 Gary Perkins - DT</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>DVD 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CCA 32 (11:58) 46-Jason Cunningham ran to CCA 39 for 7 yards. Tackle by 25-Marco Smith.</t>
   </si>
   <si>
-    <t>#81 Nicholas Garrett - WR</t>
+    <t>#88 Nicholas Garrett - WR</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>DVD 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-CCA 39 (11:19) 46-Jason Cunningham ran to CCA 39 for -1 yards. Tackle by 93-John Peters.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-CCA 39 (10:43) 46-Jason Cunningham ran to CCA 48 for 9 yards. Tackle by 25-Marco Smith.</t>
   </si>