--- v1 (2025-12-17)
+++ v2 (2026-01-06)
@@ -365,51 +365,51 @@
   <si>
     <t>#7 Bryan Seefeldt - RB</t>
   </si>
   <si>
     <t>#19 Kenneth Barbosa - WR</t>
   </si>
   <si>
     <t>#84 James Weldon - TE</t>
   </si>
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
   <si>
     <t>#68 Raymond Prince - LG</t>
   </si>
   <si>
     <t>#71 Kenneth Christensen - LG</t>
   </si>
   <si>
     <t>#39 Harold Dempsey - FB</t>
   </si>
   <si>
     <t>#74 Arthur Root - RT</t>
   </si>
   <si>
-    <t>#70 Daniel Snow - LDE</t>
+    <t>#59 Daniel Snow - LDE</t>
   </si>
   <si>
     <t>#78 Michael Godines - DT</t>
   </si>
   <si>
     <t>#99 Arnold Moncada - DT</t>
   </si>
   <si>
     <t>#89 John Peters - LDE</t>
   </si>
   <si>
     <t>#22 Mickey Stanley - CB</t>
   </si>
   <si>
     <t>#94 Slimer Onionhead Jr. - WLB</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#24 Levi Deskaheh - CB</t>
   </si>
   <si>
     <t>#41 Nicholas Considine - CB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>#99 Matthew Bussey - LDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LCB 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MEL 29 (12:54) 20-Lincoln Szeto ran to MEL 30 for a short gain. Tackle by 50-Robert Winters.</t>
   </si>
   <si>
     <t>#5 Joseph Ferguson - QB</t>
   </si>
   <si>
     <t>#33 Miguel Nunez - RB</t>
   </si>
   <si>
-    <t>#40 Leland Bolling - FB</t>
+    <t>#81 Leland Bolling - TE</t>
   </si>
   <si>
     <t>#87 Jason Brooks - FB</t>
   </si>
   <si>
     <t>#67 Stephen Sweeten - LT</t>
   </si>
   <si>
     <t>#53 Scott Harley - LG</t>
   </si>
   <si>
     <t>#72 Randolph Hartl - C</t>
   </si>
   <si>
     <t>#61 Carl Williamson - RG</t>
   </si>
   <si>
     <t>#67 Anthony Green - RT</t>
   </si>
   <si>
     <t>#91 Hubert Eaton - RDE</t>
   </si>
   <si>
     <t>#97 Gary Wilson - DT</t>
   </si>