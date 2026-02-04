--- v2 (2026-01-06)
+++ v3 (2026-02-04)
@@ -458,51 +458,51 @@
   <si>
     <t>DVD 23</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-CCA 23 (13:00) 18-Allen Sutton punts 48 yards to MEL 29. Fair Catch by 20-Lincoln Szeto.</t>
   </si>
   <si>
     <t>#18 Allen Sutton - P</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#20 Lincoln Szeto - RB</t>
   </si>
   <si>
     <t>#64 Caleb Lowe - RT</t>
   </si>
   <si>
-    <t>#96 Michael Garcia - MLB</t>
+    <t>#99 Michael Garcia - MLB</t>
   </si>
   <si>
     <t>#77 Allan Johnson - LG</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
     <t>#44 Jon Wright - FB</t>
   </si>
   <si>
     <t>#53 Leo Negrete - DT</t>
   </si>
   <si>
     <t>#99 Matthew Bussey - LDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LCB 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>