--- v3 (2026-02-04)
+++ v4 (2026-03-17)
@@ -374,57 +374,57 @@
   <si>
     <t>#77 Alvin Connelly - LT</t>
   </si>
   <si>
     <t>#68 Raymond Prince - LG</t>
   </si>
   <si>
     <t>#71 Kenneth Christensen - LG</t>
   </si>
   <si>
     <t>#39 Harold Dempsey - FB</t>
   </si>
   <si>
     <t>#74 Arthur Root - RT</t>
   </si>
   <si>
     <t>#59 Daniel Snow - LDE</t>
   </si>
   <si>
     <t>#78 Michael Godines - DT</t>
   </si>
   <si>
     <t>#99 Arnold Moncada - DT</t>
   </si>
   <si>
-    <t>#89 John Peters - LDE</t>
+    <t>#51 John Peters - LDE</t>
   </si>
   <si>
     <t>#22 Mickey Stanley - CB</t>
   </si>
   <si>
-    <t>#94 Slimer Onionhead Jr. - WLB</t>
+    <t>#54 Slimer Onionhead Jr. - WLB</t>
   </si>
   <si>
     <t>#54 Willie Flores - WLB</t>
   </si>
   <si>
     <t>#24 Levi Deskaheh - CB</t>
   </si>
   <si>
     <t>#41 Nicholas Considine - CB</t>
   </si>
   <si>
     <t>#25 Marco Smith - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Loyd - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>DVD 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -455,114 +455,114 @@
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>DVD 23</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-CCA 23 (13:00) 18-Allen Sutton punts 48 yards to MEL 29. Fair Catch by 20-Lincoln Szeto.</t>
   </si>
   <si>
     <t>#18 Allen Sutton - P</t>
   </si>
   <si>
     <t>#69 Hung Hughs - RG</t>
   </si>
   <si>
     <t>#20 Lincoln Szeto - RB</t>
   </si>
   <si>
-    <t>#64 Caleb Lowe - RT</t>
+    <t>#68 Caleb Lowe - RT</t>
   </si>
   <si>
     <t>#99 Michael Garcia - MLB</t>
   </si>
   <si>
     <t>#77 Allan Johnson - LG</t>
   </si>
   <si>
     <t>#75 Franklin Wallace - LG</t>
   </si>
   <si>
     <t>#44 Jon Wright - FB</t>
   </si>
   <si>
-    <t>#53 Leo Negrete - DT</t>
+    <t>#53 Leo Negrete - SLB</t>
   </si>
   <si>
     <t>#99 Matthew Bussey - LDE</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>LCB 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MEL 29 (12:54) 20-Lincoln Szeto ran to MEL 30 for a short gain. Tackle by 50-Robert Winters.</t>
   </si>
   <si>
     <t>#5 Joseph Ferguson - QB</t>
   </si>
   <si>
     <t>#33 Miguel Nunez - RB</t>
   </si>
   <si>
     <t>#81 Leland Bolling - TE</t>
   </si>
   <si>
     <t>#87 Jason Brooks - FB</t>
   </si>
   <si>
     <t>#67 Stephen Sweeten - LT</t>
   </si>
   <si>
     <t>#53 Scott Harley - LG</t>
   </si>
   <si>
     <t>#72 Randolph Hartl - C</t>
   </si>
   <si>
     <t>#61 Carl Williamson - RG</t>
   </si>
   <si>
     <t>#67 Anthony Green - RT</t>
   </si>
   <si>
-    <t>#91 Hubert Eaton - RDE</t>
+    <t>#91 Hubert Eaton - MLB</t>
   </si>
   <si>
     <t>#97 Gary Wilson - DT</t>
   </si>
   <si>
     <t>#90 James Moore - MLB</t>
   </si>
   <si>
     <t>#22 James Johnson - CB</t>
   </si>
   <si>
     <t>#22 Larry Orr - SS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>LCB 30</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -1121,51 +1121,51 @@
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>2-15-MEL 21 (7:00) 5-John Scott pass complete to 19-Kenneth Barbosa to MEL 19 for 2 yards. Tackle by 24-Levi Deskaheh.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>LCB 19</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>3-13-MEL 19 (6:25) 5-John Scott pass incomplete, intended for 19-Kenneth Barbosa. MEL 97-Jay McCoy was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>4-13-MEL 19 (6:22) 12-Demarcus Demarco 37 yard field goal is GOOD. MEL 0 CCA 6</t>
   </si>
   <si>
-    <t>#68 Blair Rey - LDE</t>
+    <t>#68 Blair Rey - SLB</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>(6:19) 12-Demarcus Demarco kicks 74 yards from CCA 35 to MEL -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>1-10-MEL 25 (6:19) 20-Lincoln Szeto ran to MEL 34 for 9 yards. Tackle by 34-Larry Orr. CCA 54-James Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-MEL 34 (5:44) 20-Lincoln Szeto ran to MEL 49 for 15 yards. Tackle by 44-Peter Williams.</t>
   </si>