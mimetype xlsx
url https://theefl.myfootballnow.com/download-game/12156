--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-BAD 25 (15:00) 27-Donnie Martinez ran to BAD 36 for 11 yards. 27-Donnie Martinez FUMBLES (36-Hung Andrews) recovered by BAD-11-Jonathan Breese to BAD 40 for 1 yards. Tackle by 36-Hung Andrews.</t>
   </si>
   <si>
     <t>#7 Hendrick Tejonihokarawa - QB</t>
   </si>
   <si>
     <t>#43 James Mitchell - RB</t>
   </si>
   <si>
     <t>#46 James Hurtt - TE</t>
   </si>
   <si>
     <t>#11 Jonathan Breese - WR</t>
   </si>
   <si>
     <t>#16 Charles Kelley - WR</t>
   </si>
   <si>
     <t>#64 Robert Crowe - RG</t>
   </si>
   <si>
     <t>#79 Adrian Willis - LT</t>
   </si>
   <si>
-    <t>#46 Michael Martinez - FB</t>
+    <t>#46 Michael Martinez - C</t>
   </si>
   <si>
     <t>#62 Hubert Jones - RG</t>
   </si>
   <si>
     <t>#79 Hipolito Cancel - RT</t>
   </si>
   <si>
     <t>#52 Dean Woodworth - LDE</t>
   </si>
   <si>
     <t>#76 Richard Williamson - DT</t>
   </si>
   <si>
     <t>#72 Jake Wilburn - DT</t>
   </si>
   <si>
     <t>#77 Jake Maloney - RDE</t>
   </si>
   <si>
     <t>#91 Christopher Myers - SLB</t>
   </si>
   <si>
     <t>#52 Leo Michalski - MLB</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#46 Santos Beckman - FB</t>
   </si>
   <si>
     <t>#81 Charles Logan - TE</t>
   </si>
   <si>
     <t>#88 Andrew Morrison - WR</t>
   </si>
   <si>
     <t>#79 Jose Padilla - RT</t>
   </si>
   <si>
     <t>#74 Scott Buser - RT</t>
   </si>
   <si>
     <t>#65 Michael Richardson - C</t>
   </si>
   <si>
     <t>#54 Carl Lyons - RG</t>
   </si>
   <si>
     <t>#66 Christopher Mattes - C</t>
   </si>
   <si>
-    <t>#74 Alvin Tucker - LDE</t>
+    <t>#65 Alvin Tucker - LDE</t>
   </si>
   <si>
     <t>#91 Carl Kettle - MLB</t>
   </si>
   <si>
     <t>#54 Alan Miller - MLB</t>
   </si>
   <si>
     <t>#21 Alberto Daley - CB</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>BaB 9</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-MWC 9 (11:56) 25-Rufus Williams ran to MWC 10 for 1 yards. Tackle by 74-Alvin Tucker.</t>
   </si>
@@ -749,51 +749,51 @@
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-11-MWC 33 (6:21) 5-Gary Rose pass complete to 46-Santos Beckman to MWC 41 for 8 yards. Tackle by 48-Alberto Daley. PENALTY - Facemask (BAD 48-Alberto Daley)</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong Cover 2</t>
   </si>
   <si>
     <t>1-10-BAD 44 (6:17) 25-Rufus Williams ran to BAD 41 for 3 yards. Tackle by 74-Alvin Tucker.</t>
   </si>
   <si>
-    <t>#81 Marcelino Black - TE</t>
+    <t>#81 Marcelino Black - FB</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>BAD 41</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-7-BAD 41 (5:30) 5-Gary Rose pass incomplete, intended for 81-Charles Logan.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>3-7-BAD 41 (5:27) 25-Rufus Williams ran to BAD 36 for 5 yards. Tackle by 61-Edward Hoffman.</t>
   </si>
   <si>
     <t>#89 Paul Williams - TE</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
@@ -2284,51 +2284,51 @@
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">