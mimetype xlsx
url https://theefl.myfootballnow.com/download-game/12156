--- v1 (2025-12-25)
+++ v2 (2026-01-20)
@@ -590,51 +590,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-7-MWC 10 (11:19) 5-Gary Rose pass complete to 81-Charles Logan to MWC 14 for 4 yards. Tackle by 32-Donte Orduna. BAD 90-Frank Timmins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#44 Joseph Taylor - RB</t>
   </si>
   <si>
     <t>#95 Clinton Wiles - LDE</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>BaB 14</t>
   </si>
   <si>
     <t>4-3-MWC 14 (10:36) 6-Matthew Goetz punts 47 yards to BAD 39. Fair Catch by 11-Jonathan Breese.</t>
   </si>
   <si>
     <t>#6 Matthew Goetz - P</t>
   </si>
   <si>
-    <t>#50 Ronald Ball - C</t>
+    <t>#58 Ronald Ball - C</t>
   </si>
   <si>
     <t>#78 Elliot Moore - RDE</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>BAD 39</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-BAD 39 (10:30) 27-Donnie Martinez ran to BAD 43 for 3 yards. Tackle by 55-Owen Littlefield.</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>BAD 43</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>