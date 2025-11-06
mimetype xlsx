--- v0 (2025-10-14)
+++ v1 (2025-11-06)
@@ -362,54 +362,54 @@
   <si>
     <t>#40 Gustavo Bivens - FB</t>
   </si>
   <si>
     <t>#89 Johnnie Zeitz - WR</t>
   </si>
   <si>
     <t>#80 Casey Maldonado - WR</t>
   </si>
   <si>
     <t>#71 Merlin Martin - LT</t>
   </si>
   <si>
     <t>#62 Jacob Ainsworth - LG</t>
   </si>
   <si>
     <t>#69 John Wetzel - C</t>
   </si>
   <si>
     <t>#87 John Flores - LG</t>
   </si>
   <si>
     <t>#64 Bryan Risinger - LT</t>
   </si>
   <si>
-    <t>#35 Jonathon Pugh - WLB</t>
-[...2 lines deleted...]
-    <t>#65 Bradley Taylor - DT</t>
+    <t>#35 Jonathon Pugh - CB</t>
+  </si>
+  <si>
+    <t>#64 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#90 Mitchell Leung - DT</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#33 Terry Gomez - CB</t>
   </si>
   <si>
     <t>#37 Stephen Alicea - CB</t>
   </si>
   <si>
     <t>#39 Greg Orourke - CB</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>#3 James Nicosia - LDE</t>
   </si>
@@ -629,84 +629,84 @@
   <si>
     <t>#12 Victor Herr - QB</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#80 Peter Poulin - FB</t>
   </si>
   <si>
     <t>#88 Christopher Ellington - TE</t>
   </si>
   <si>
     <t>#19 Ron Ross - WR</t>
   </si>
   <si>
     <t>#69 Jose Hernandez - C</t>
   </si>
   <si>
     <t>#69 Robert Monroe - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
-    <t>#65 James Donato - LT</t>
+    <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#77 Frederick English - RT</t>
   </si>
   <si>
     <t>#98 Eric Langford - LDE</t>
   </si>
   <si>
     <t>#92 Walter Fessler - DT</t>
   </si>
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#22 Alvin Collinson - CB</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>BBd 32</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>2-3-BEN 32 (9:56) 12-Victor Herr sacked at BEN 24 for -8 yards (56-Robert Charles). Sack allowed by 53-Robert Monroe.</t>
   </si>
   <si>
-    <t>#85 Michael Fergus - TE</t>
+    <t>#80 Michael Fergus - TE</t>
   </si>
   <si>
     <t>#96 Rogelio Bland - DT</t>
   </si>
   <si>
     <t>#51 Jonathan Brown - SLB</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>BBd 24</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>3-11-BEN 24 (9:16) 12-Victor Herr pass incomplete, dropped by 80-Peter Poulin.</t>
   </si>
   <si>
     <t>#87 Cornelius Barber - WR</t>
   </si>