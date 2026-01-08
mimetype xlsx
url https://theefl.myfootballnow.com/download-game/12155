--- v1 (2025-11-06)
+++ v2 (2026-01-08)
@@ -365,51 +365,51 @@
   <si>
     <t>#89 Johnnie Zeitz - WR</t>
   </si>
   <si>
     <t>#80 Casey Maldonado - WR</t>
   </si>
   <si>
     <t>#71 Merlin Martin - LT</t>
   </si>
   <si>
     <t>#62 Jacob Ainsworth - LG</t>
   </si>
   <si>
     <t>#69 John Wetzel - C</t>
   </si>
   <si>
     <t>#87 John Flores - LG</t>
   </si>
   <si>
     <t>#64 Bryan Risinger - LT</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
-    <t>#64 Bradley Taylor - DT</t>
+    <t>#73 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#90 Mitchell Leung - DT</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
     <t>#94 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#33 Terry Gomez - CB</t>
   </si>
   <si>
     <t>#37 Stephen Alicea - CB</t>
   </si>
   <si>
     <t>#39 Greg Orourke - CB</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>#3 James Nicosia - LDE</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>BBd 13</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-BEN 13 (10:47) 15-Franklin Williams pass incomplete, dropped by 84-Ernest Spencer.</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BEN 13 (10:43) 2-Robert Metzger 31 yard field goal is GOOD. SDR 3 BEN 0</t>
   </si>
   <si>
     <t>#5 Thomas Wright - P</t>
   </si>
   <si>
-    <t>#63 Joseph Williams - C</t>
+    <t>#71 Joseph Williams - C</t>
   </si>
   <si>
     <t>#2 Robert Metzger - K</t>
   </si>
   <si>
     <t>#65 Joseph Baker - RT</t>
   </si>
   <si>
     <t>#51 Ronald Ridge - RT</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>#56 Carl Carney - SLB</t>
   </si>
   <si>
     <t>#70 Ian Wolfe - LT</t>
   </si>
   <si>
     <t>#93 Michael Hutcheson - SLB</t>
   </si>
   <si>
     <t>#98 Gerald Wright - DT</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BEN 25 (10:40) 12-Victor Herr pass complete to 88-Christopher Ellington to BEN 32 for 7 yards. Tackle by 68-Robert Beachum.</t>
   </si>
   <si>
     <t>#12 Victor Herr - QB</t>
   </si>
   <si>
     <t>#1 James Henning - WR</t>
   </si>
   <si>
     <t>#80 Peter Poulin - FB</t>
   </si>
   <si>
     <t>#88 Christopher Ellington - TE</t>
   </si>
   <si>
     <t>#19 Ron Ross - WR</t>
   </si>
   <si>
     <t>#69 Jose Hernandez - C</t>
   </si>
   <si>
-    <t>#69 Robert Monroe - LG</t>
+    <t>#66 Robert Monroe - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#77 Frederick English - RT</t>
   </si>
   <si>
     <t>#98 Eric Langford - LDE</t>
   </si>
   <si>
     <t>#92 Walter Fessler - DT</t>
   </si>
   <si>
     <t>#30 Raymond Holmes - RB</t>
   </si>
   <si>
     <t>#22 Alvin Collinson - CB</t>
   </si>
   <si>
     <t>9:57</t>
   </si>