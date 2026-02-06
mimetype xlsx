--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -374,51 +374,51 @@
   <si>
     <t>#62 Jacob Ainsworth - LG</t>
   </si>
   <si>
     <t>#69 John Wetzel - C</t>
   </si>
   <si>
     <t>#87 John Flores - LG</t>
   </si>
   <si>
     <t>#64 Bryan Risinger - LT</t>
   </si>
   <si>
     <t>#35 Jonathon Pugh - CB</t>
   </si>
   <si>
     <t>#73 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#90 Mitchell Leung - DT</t>
   </si>
   <si>
     <t>#92 Fernando Landry - RDE</t>
   </si>
   <si>
-    <t>#94 Harvey Marin - MLB</t>
+    <t>#96 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#33 Terry Gomez - CB</t>
   </si>
   <si>
     <t>#37 Stephen Alicea - CB</t>
   </si>
   <si>
     <t>#39 Greg Orourke - CB</t>
   </si>
   <si>
     <t>#32 William Shook - FS</t>
   </si>
   <si>
     <t>#3 James Nicosia - LDE</t>
   </si>
   <si>
     <t>#42 Bobby Webb - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>SDR 47</t>
   </si>
@@ -704,51 +704,51 @@
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>3-11-BEN 24 (9:16) 12-Victor Herr pass incomplete, dropped by 80-Peter Poulin.</t>
   </si>
   <si>
     <t>#87 Cornelius Barber - WR</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-BEN 24 (9:13) 10-Mark Hill punts 45 yards to SDR 31.</t>
   </si>
   <si>
     <t>#10 Mark Hill - P</t>
   </si>
   <si>
-    <t>#71 Glen Fairchild - C</t>
+    <t>#62 Glen Fairchild - C</t>
   </si>
   <si>
     <t>#73 Jose Pillar - RT</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>SDR 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-SDR 31 (9:06) 15-Franklin Williams pass INTERCEPTED by 33-Terry Gomez at SDR 40. 33-Terry Gomez to SDR 22 for 18 yards. 33-Terry Gomez got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>SDR 22</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>