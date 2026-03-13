--- v3 (2026-02-06)
+++ v4 (2026-03-13)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 8-Elmer Ramirez kicks 70 yards from BEN 35 to SDR -5. Touchback.</t>
   </si>
   <si>
     <t>#87 Kenneth Hardin - WR</t>
   </si>
   <si>
     <t>#94 Robert Charles - DT</t>
   </si>
   <si>
     <t>#53 Robert Beachum - WLB</t>
   </si>
   <si>
     <t>#28 Robert Strickland - CB</t>
   </si>
   <si>
     <t>#45 Christopher Terrell - CB</t>
   </si>
   <si>
     <t>#27 John Stratton - CB</t>
   </si>
   <si>
     <t>#98 Scott Coble - LDE</t>
   </si>
   <si>
-    <t>#23 Ted Martinez - CB</t>
+    <t>#48 Ted Martinez - CB</t>
   </si>
   <si>
     <t>#53 Kenneth Whittaker - MLB</t>
   </si>
   <si>
     <t>#54 Herbert Derry - MLB</t>
   </si>
   <si>
     <t>#23 William Howell - WLB</t>
   </si>
   <si>
     <t>#16 Elmer Ramirez - K</t>
   </si>
   <si>
     <t>SDR</t>
   </si>
   <si>
     <t>SDR 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>BBd 13</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-BEN 13 (10:47) 15-Franklin Williams pass incomplete, dropped by 84-Ernest Spencer.</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BEN 13 (10:43) 2-Robert Metzger 31 yard field goal is GOOD. SDR 3 BEN 0</t>
   </si>
   <si>
     <t>#5 Thomas Wright - P</t>
   </si>
   <si>
-    <t>#71 Joseph Williams - C</t>
+    <t>#65 Joseph Williams - C</t>
   </si>
   <si>
     <t>#2 Robert Metzger - K</t>
   </si>
   <si>
     <t>#65 Joseph Baker - RT</t>
   </si>
   <si>
     <t>#51 Ronald Ridge - RT</t>
   </si>
   <si>
     <t>#71 Benjamin Bryant - LG</t>
   </si>
   <si>
     <t>#56 Carl Carney - SLB</t>
   </si>
   <si>
     <t>#70 Ian Wolfe - LT</t>
   </si>
   <si>
     <t>#93 Michael Hutcheson - SLB</t>
   </si>
   <si>
     <t>#98 Gerald Wright - DT</t>
   </si>