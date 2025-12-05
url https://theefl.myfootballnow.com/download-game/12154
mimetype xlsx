--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -344,51 +344,51 @@
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NVr 25 (15:00) 42-Jason Hurley ran to NVr 30 for 5 yards. Tackle by 54-Laverne Fowler.</t>
   </si>
   <si>
     <t>#5 Richard Barbour - QB</t>
   </si>
   <si>
     <t>#49 Calvin Taylor - FB</t>
   </si>
   <si>
     <t>#81 John Tew - WR</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
-    <t>#17 Robert Rodriguez - WR</t>
+    <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
     <t>#67 Casey Smith - LG</t>
   </si>
   <si>
     <t>#63 Luis Lopez - RG</t>
   </si>
   <si>
     <t>#71 Wayne McKeever - C</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#70 Jackie Hirsh - LDE</t>
   </si>
   <si>
     <t>#98 Vincent Nation - DT</t>
   </si>
   <si>
     <t>#91 Christopher Reeves - RDE</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#44 Alfred Jones - FB</t>
   </si>
   <si>
     <t>#66 Casey Ruch - LG</t>
   </si>
   <si>
     <t>#76 Stevie Rogerson - DT</t>
   </si>
   <si>
     <t>#22 Clarence Sweet - SS</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>CGW 42</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-2-TAL 42 (12:25) 5-Richard Barbour pass complete to 42-Jason Hurley to TAL 35 for 6 yards. Tackle by 96-Steven Gilmore.</t>
   </si>
   <si>
-    <t>#96 Steven Southard - MLB</t>
+    <t>#50 Steven Southard - MLB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-TAL 35 (11:49) 5-Richard Barbour pass complete to 84-Calvin Taylor to TAL 26 for 9 yards. Tackle by 94-Robert Melendy.</t>
   </si>
   <si>
     <t>#98 Robert Melendy - WLB</t>
   </si>
   <si>
     <t>#25 Fred Hyman - FS</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>CGW 26</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>#12 Jessie Adams - QB</t>
   </si>
   <si>
     <t>#20 Jerry Kaplan - RB</t>
   </si>
   <si>
     <t>#33 John Patten - FB</t>
   </si>
   <si>
     <t>#82 Dan Safford - TE</t>
   </si>
   <si>
     <t>#83 Luther Vickery - WR</t>
   </si>
   <si>
     <t>#84 Philip Harper - WR</t>
   </si>
   <si>
     <t>#58 Kurtis McGehee - LT</t>
   </si>
   <si>
     <t>#63 Kenneth Wilkins - LG</t>
   </si>
   <si>
-    <t>#67 Timothy Nelson - LG</t>
+    <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#68 Jose Arroyo - RG</t>
   </si>
   <si>
     <t>#77 James Williams - LT</t>
   </si>
   <si>
     <t>#57 Frank Russell - LDE</t>
   </si>
   <si>
     <t>#77 Paul Richards - LDE</t>
   </si>
   <si>
     <t>#57 Edward Celestine - SLB</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>CGW 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
@@ -2256,51 +2256,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="24.708" bestFit="true" customWidth="true" style="0"/>