--- v1 (2025-12-05)
+++ v2 (2026-01-22)
@@ -296,102 +296,102 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Richard Elliott kicks 74 yards from TAL 35 to NVr -9. Touchback.</t>
   </si>
   <si>
     <t>#42 Jason Hurley - RB</t>
   </si>
   <si>
     <t>#51 John Adams - MLB</t>
   </si>
   <si>
     <t>#24 Mario Cano - CB</t>
   </si>
   <si>
     <t>#31 Clifford Rose - SS</t>
   </si>
   <si>
     <t>#99 Ezekiel Ochs - RDE</t>
   </si>
   <si>
-    <t>#21 Jay Evans - CB</t>
+    <t>#21 Jay Evans - SS</t>
   </si>
   <si>
     <t>#93 Mark Lane - MLB</t>
   </si>
   <si>
     <t>#53 David Crews - MLB</t>
   </si>
   <si>
     <t>#49 Willard Kelly - FS</t>
   </si>
   <si>
     <t>#47 Carlos Bee - CB</t>
   </si>
   <si>
     <t>#91 Clifford Daniels - MLB</t>
   </si>
   <si>
     <t>#18 Richard Elliott - K</t>
   </si>
   <si>
     <t>NVr</t>
   </si>
   <si>
     <t>NVr 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NVr 25 (15:00) 42-Jason Hurley ran to NVr 30 for 5 yards. Tackle by 54-Laverne Fowler.</t>
   </si>
   <si>
     <t>#5 Richard Barbour - QB</t>
   </si>
   <si>
     <t>#49 Calvin Taylor - FB</t>
   </si>
   <si>
     <t>#81 John Tew - WR</t>
   </si>
   <si>
     <t>#88 Christopher Ballard - WR</t>
   </si>
   <si>
     <t>#18 Robert Rodriguez - WR</t>
   </si>
   <si>
-    <t>#67 Casey Smith - LG</t>
+    <t>#68 Casey Smith - LG</t>
   </si>
   <si>
     <t>#63 Luis Lopez - RG</t>
   </si>
   <si>
     <t>#71 Wayne McKeever - C</t>
   </si>
   <si>
     <t>#65 Kenneth Hopp - LG</t>
   </si>
   <si>
     <t>#64 Alan Leonard - RT</t>
   </si>
   <si>
     <t>#70 Jackie Hirsh - LDE</t>
   </si>
   <si>
     <t>#98 Vincent Nation - DT</t>
   </si>
   <si>
     <t>#91 Christopher Reeves - RDE</t>
   </si>
   <si>
     <t>#95 Byron Numbers - SLB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#43 Gregory Brito - SS</t>
   </si>
   <si>
     <t>#20 Roy Karns - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NVr 30</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-5-NVr 30 (14:21) 5-Richard Barbour pass Pass knocked down by 20-Roy Karns. incomplete, intended for 84-Calvin Taylor. TAL 91-Christopher Reeves was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#47 William Alfano - FB</t>
   </si>
   <si>
-    <t>#51 Aldo Weigel - MLB</t>
+    <t>#97 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-5-NVr 30 (14:17) 5-Richard Barbour pass complete to 12-Christopher Ballard to NVr 38 for 8 yards. Tackle by 49-John Hansen.</t>
   </si>
   <si>
     <t>#67 Eugene Purdy - LDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>NVr 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -968,51 +968,51 @@
   <si>
     <t>2-11-NVr 31 (13:27) 12-Jessie Adams sacked at NVr 41 for -10 yards (96-Paul Richards). Sack allowed by 68-Jose Arroyo.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>3-20-NVr 41 (12:46) 12-Jessie Adams ran to NVr 31 for 10 yards. 12-Jessie Adams slides to avoid being hit.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-NVr 31 (12:08) 18-Richard Elliott 48 yard field goal is GOOD. NVr 0 TAL 3</t>
   </si>
   <si>
     <t>#5 Clarence Noel - QB</t>
   </si>
   <si>
-    <t>#22 Bruce Suttle - FS</t>
+    <t>#38 Bruce Suttle - FS</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>(12:04) 18-Richard Elliott kicks 74 yards from TAL 35 to NVr -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-NVr 25 (12:04) 5-Richard Barbour pass complete to 12-Christopher Ballard to NVr 35 for 10 yards. Tackle by 49-John Hansen.</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>NVr 35</t>
   </si>
   <si>
     <t>2-1-NVr 35 (11:30) 5-Richard Barbour pass INTERCEPTED by 38-Brad Teran at NVr 37. 38-Brad Teran to NVr 37 for -0 yards. Tackle by 84-Calvin Taylor. NVr 87-Casey Ruch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>