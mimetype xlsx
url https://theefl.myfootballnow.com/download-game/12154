--- v2 (2026-01-22)
+++ v3 (2026-03-20)
@@ -413,51 +413,51 @@
   <si>
     <t>#43 Gregory Brito - SS</t>
   </si>
   <si>
     <t>#20 Roy Karns - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NVr 30</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-5-NVr 30 (14:21) 5-Richard Barbour pass Pass knocked down by 20-Roy Karns. incomplete, intended for 84-Calvin Taylor. TAL 91-Christopher Reeves was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#47 William Alfano - FB</t>
   </si>
   <si>
-    <t>#97 Aldo Weigel - MLB</t>
+    <t>#94 Aldo Weigel - MLB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-5-NVr 30 (14:17) 5-Richard Barbour pass complete to 12-Christopher Ballard to NVr 38 for 8 yards. Tackle by 49-John Hansen.</t>
   </si>
   <si>
     <t>#67 Eugene Purdy - LDE</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>NVr 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>