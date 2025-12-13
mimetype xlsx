--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -542,51 +542,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MUD 22 (11:24) 44-Robert Stevens ran to MUD 32 for 10 yards. Tackle by 44-Albert Crawford.</t>
   </si>
   <si>
     <t>#14 Issac Fulmer - QB</t>
   </si>
   <si>
     <t>#31 John Echols - RB</t>
   </si>
   <si>
     <t>#20 Sidney Gonzalez - FB</t>
   </si>
   <si>
     <t>#83 Clay McMaster - TE</t>
   </si>
   <si>
     <t>#86 William Taylor - TE</t>
   </si>
   <si>
     <t>#72 Noel Pickett - LT</t>
   </si>
   <si>
-    <t>#53 Edward Oswald - RT</t>
+    <t>#76 Edward Oswald - RT</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#64 Scott Batts - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#55 Joe Quinn - LDE</t>
   </si>
   <si>
     <t>#52 James Barba - DT</t>
   </si>
   <si>
     <t>#60 David Bigelow - RDE</t>
   </si>
   <si>
     <t>#95 Numbers Ho - MLB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>