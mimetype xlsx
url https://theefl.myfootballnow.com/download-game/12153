--- v1 (2025-12-13)
+++ v2 (2026-01-13)
@@ -539,99 +539,99 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MUD 22 (11:24) 44-Robert Stevens ran to MUD 32 for 10 yards. Tackle by 44-Albert Crawford.</t>
   </si>
   <si>
     <t>#14 Issac Fulmer - QB</t>
   </si>
   <si>
     <t>#31 John Echols - RB</t>
   </si>
   <si>
     <t>#20 Sidney Gonzalez - FB</t>
   </si>
   <si>
     <t>#83 Clay McMaster - TE</t>
   </si>
   <si>
     <t>#86 William Taylor - TE</t>
   </si>
   <si>
-    <t>#72 Noel Pickett - LT</t>
+    <t>#65 Noel Pickett - LT</t>
   </si>
   <si>
     <t>#76 Edward Oswald - RT</t>
   </si>
   <si>
     <t>#51 Richard Scott - C</t>
   </si>
   <si>
     <t>#64 Scott Batts - RG</t>
   </si>
   <si>
     <t>#77 Donald Fischer - RT</t>
   </si>
   <si>
     <t>#55 Joe Quinn - LDE</t>
   </si>
   <si>
     <t>#52 James Barba - DT</t>
   </si>
   <si>
     <t>#60 David Bigelow - RDE</t>
   </si>
   <si>
     <t>#95 Numbers Ho - MLB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>VDW 32</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-1-MUD 32 (10:40) 12-Issac Fulmer pass Pass knocked down by 22-James Hazzard. incomplete, intended for 13-Clifford Quinton.</t>
   </si>
   <si>
     <t>#88 Clifford Quinton - WR</t>
   </si>
   <si>
     <t>#84 Ronald Whittaker - WR</t>
   </si>
   <si>
-    <t>#10 Daniel Caron - WR</t>
+    <t>#14 Daniel Caron - WR</t>
   </si>
   <si>
     <t>#47 Randolph Clark - FS</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-1-MUD 32 (10:37) 44-Robert Stevens ran to MUD 35 for 3 yards. Tackle by 93-Wayne Barnes.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Cover 2 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MUD 35 (10:03) 44-Robert Stevens ran to MUD 43 for 8 yards. Tackle by 29-Archie Kimbrell.</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>1-10-MUD 45 (5:53) 6-Archie Stull sacked at RYL 48 for -7 yards (54-Sheldon Larios). Sack allowed by 63-Paul Briggs.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>2-17-RYL 48 (5:09) 6-Archie Stull pass Pass knocked down by 32-Franklin Barlowe. incomplete, intended for 83-McKinley McKissack.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal Cover 4</t>
   </si>
   <si>
     <t>3-17-RYL 48 (5:06) 6-Archie Stull pass incomplete, dropped by 84-Ricardo Hall. RYL 70-James Hammond was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 Joel Bell - WR</t>
   </si>
   <si>
-    <t>#37 Mark Wolfgang - CB</t>
+    <t>#37 Mark Wolfgang - FS</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>4-17-RYL 48 (5:02) 11-James Doggett punts 52 yards to MUD 0.4-17-RYL 48 (5:02) 11-James Doggett punts 52 yards to MUD 0. Touchback.</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>VDW 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MUD 20 (4:54) 12-Issac Fulmer sacked at MUD 12 for -8 yards (56-David Bigelow). Sack allowed by 59-Donald Fischer. 59-Donald Fischer was completely beat on that play.</t>
   </si>
   <si>
     <t>#68 Rick Hudson - DT</t>
   </si>