--- v2 (2026-01-13)
+++ v3 (2026-03-13)
@@ -443,87 +443,87 @@
   <si>
     <t>BBF 33</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-2-RYL 33 (14:11) 6-Archie Stull pass complete to 17-Tim Mantooth to RYL 40 for 7 yards. Tackle by 39-Calvin Sutherland. Pressure by 90-David Williams.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>BBF 40</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-RYL 40 (13:34) 6-Archie Stull pass complete to 87-Mike Estrada to RYL 48 for 8 yards. Tackle by 39-Calvin Sutherland. RYL 70-James Hammond was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#93 Micheal Carter - LDE</t>
+    <t>#60 Micheal Carter - LDE</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>BBF 48</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-2-RYL 48 (12:47) 38-Mario Alcott ran to RYL 49 for 1 yards. Tackle by 98-William Ward.</t>
   </si>
   <si>
-    <t>#80 Nathan Solomon - TE</t>
+    <t>#88 Nathan Solomon - TE</t>
   </si>
   <si>
     <t>#71 Ricardo Perez - C</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>BBF 49</t>
   </si>
   <si>
     <t>3-1-RYL 49 (12:13) 6-Archie Stull sacked at RYL 41 for -8 yards (74-Alberto Bibler). Sack allowed by 51-Randy Shelby.</t>
   </si>
   <si>
     <t>#60 Korey Rhoads - RG</t>
   </si>
   <si>
-    <t>#41 Christian Agar - FS</t>
+    <t>#45 Christian Agar - FS</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>BBF 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-RYL 41 (11:32) 11-James Doggett punts 46 yards to MUD 13. 44-Robert Stevens to MUD 22 for 10 yards. Tackle by 64-Alfonso Smith.</t>
   </si>
   <si>
     <t>#11 James Doggett - P</t>
   </si>
   <si>
     <t>#44 Robert Stevens - RB</t>
   </si>
   <si>
     <t>#59 John Meltzer - SLB</t>
   </si>
@@ -1715,51 +1715,51 @@
   <si>
     <t>1-10-MUD 44 (12:34) 6-Archie Stull pass Pass knocked down by 32-Franklin Barlowe. incomplete, intended for 83-McKinley McKissack. Pressure by 60-Ricky Machuca.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>2-10-MUD 44 (12:31) 38-Mario Alcott ran to MUD 40 for 4 yards. Tackle by 92-James Davis.</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-6-MUD 40 (11:52) 6-Archie Stull pass Pass knocked down by 98-William Ward. incomplete, intended for 38-Mario Alcott.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>4-6-MUD 40 (11:49) 8-Gerald Fox 57 yard field goal is GOOD. RYL 3 MUD 19</t>
   </si>
   <si>
-    <t>#64 Rudolph Coley - RDE</t>
+    <t>#96 Rudolph Coley - RDE</t>
   </si>
   <si>
     <t>(11:45) 8-Gerald Fox kicks 70 yards from RYL 35 to MUD -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-MUD 25 (11:45) 22-John Echols ran to MUD 33 for 8 yards. Tackle by 22-James Hazzard.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>VDW 33</t>
   </si>
   <si>
     <t>2-2-MUD 33 (11:04) 44-Robert Stevens ran to MUD 40 for 7 yards. Tackle by 29-Archie Kimbrell.</t>
   </si>
   <si>
     <t>10:27</t>
   </si>
   <si>
     <t>1-10-MUD 40 (10:26) 20-Sidney Gonzalez ran to MUD 40 for a short gain. Tackle by 52-James Barba. 64-Richard Scott completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>9:51</t>
   </si>