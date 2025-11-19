--- v0 (2025-10-20)
+++ v1 (2025-11-19)
@@ -425,69 +425,69 @@
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-BRO 25 (14:56) 9-Douglas Novak pass complete to 18-Shaun Lamkin to BRO 30 for 5 yards. Tackle by 52-Chester Baldwin.</t>
   </si>
   <si>
     <t>#56 Wayne Pellham - MLB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>BBm 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-5-BRO 30 (14:13) 41-Rickey Seavey ran to BRO 45 for 14 yards. Tackle by 23-William Hines. SFB 53-Richard Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#41 Rickey Seavey - RB</t>
+    <t>#54 Rickey Seavey - LT</t>
   </si>
   <si>
     <t>#71 Bryan Betancourt - DT</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>BBm 45</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-10-BRO 45 (13:35) 9-Douglas Novak pass Pass knocked down by 23-William Hines. incomplete, intended for 10-Mark Sheppard.</t>
   </si>
   <si>
-    <t>#34 Timothy Hayes - CB</t>
+    <t>#48 Timothy Hayes - CB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-BRO 45 (13:33) 9-Douglas Novak pass complete to 30-Jeromy Evans to SFB 42 for 13 yards. Tackle by 41-Michael Rivas.</t>
   </si>
   <si>
     <t>#24 Michael Elam - RB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>SFB 42</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
@@ -560,102 +560,102 @@
   <si>
     <t>#89 Dana Smeltzer - WR</t>
   </si>
   <si>
     <t>#83 Fernando Johnson - WR</t>
   </si>
   <si>
     <t>#68 Ronald Brown - LG</t>
   </si>
   <si>
     <t>#55 Maurice Garcia - LG</t>
   </si>
   <si>
     <t>#69 Mark Arnold - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
     <t>#68 Darell Bush - LG</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
-    <t>#66 Robert Tice - RDE</t>
+    <t>#66 Robert Tice - LDE</t>
   </si>
   <si>
     <t>#92 Ralph Onorato - SLB</t>
   </si>
   <si>
     <t>#99 Tony Benson - WLB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>SFB 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-1-SFB 39 (10:49) 20-Damien Gaines ran to SFB 47 for 8 yards. Tackle by 33-Orlando Smith.</t>
   </si>
   <si>
     <t>#42 Shane Rhodes - RB</t>
   </si>
   <si>
     <t>#87 Richard Mauricio - TE</t>
   </si>
   <si>
     <t>#54 Howard Buchanan - DT</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>SFB 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 47 (10:04) 20-Damien Gaines ran to SFB 48 for 1 yards. Tackle by 40-Robert Leone.</t>
   </si>
   <si>
     <t>#17 Richard Hendrick - WR</t>
   </si>
   <si>
-    <t>#47 Robert Leone - CB</t>
+    <t>#47 Robert Leone - FS</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>SFB 48</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-9-SFB 48 (9:23) 18-David Smith pass complete to 88-Dana Smeltzer to BRO 33 for 19 yards. Tackle by 42-Rich Ramirez. Pressure by 99-Tony Benson.</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>BBm 33</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>