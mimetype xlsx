--- v1 (2025-11-19)
+++ v2 (2026-01-02)
@@ -308,51 +308,51 @@
   <si>
     <t>#74 Cory Gorski - DT</t>
   </si>
   <si>
     <t>#70 Shawn Frame - DT</t>
   </si>
   <si>
     <t>#20 Gavin Bullock - MLB</t>
   </si>
   <si>
     <t>#26 Andrew Erving - WLB</t>
   </si>
   <si>
     <t>#22 Vernon Driver - CB</t>
   </si>
   <si>
     <t>#96 Keith Rouse - LDE</t>
   </si>
   <si>
     <t>#93 Daniel Brent - MLB</t>
   </si>
   <si>
     <t>#42 Rich Ramirez - FS</t>
   </si>
   <si>
-    <t>#33 Orlando Smith - SS</t>
+    <t>#21 Orlando Smith - SS</t>
   </si>
   <si>
     <t>#28 Casey Amos - CB</t>
   </si>
   <si>
     <t>#16 Kevin Stagner - K</t>
   </si>
   <si>
     <t>BBm</t>
   </si>
   <si>
     <t>BBm 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-BRO 25 (15:00) 9-Douglas Novak pass incomplete, dropped by 43-John Caesar.</t>
   </si>
   <si>
     <t>#9 Douglas Novak - QB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#55 Tomas Smith - LG</t>
   </si>
   <si>
     <t>#57 Phillip Tindle - C</t>
   </si>
   <si>
     <t>#58 Jason Rodriguez - RT</t>
   </si>
   <si>
     <t>#61 Fernando Bagley - RT</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#92 Thomas Gillett - DT</t>
   </si>
   <si>
     <t>#60 Bill Minch - DT</t>
   </si>
   <si>
     <t>#98 Gary Dupuy - SLB</t>
   </si>
   <si>
-    <t>#55 Richard Young - MLB</t>
+    <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#90 Chester Baldwin - WLB</t>
   </si>
   <si>
     <t>#23 William Hines - CB</t>
   </si>
   <si>
     <t>#29 Michael Rivas - SS</t>
   </si>
   <si>
     <t>#47 Patrick Vela - CB</t>
   </si>
   <si>
     <t>#25 Adam Creech - SS</t>
   </si>
   <si>
     <t>#38 Philip Pickett - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>#68 Ronald Brown - LG</t>
   </si>
   <si>
     <t>#55 Maurice Garcia - LG</t>
   </si>
   <si>
     <t>#69 Mark Arnold - C</t>
   </si>
   <si>
     <t>#53 Michael Griffin - RG</t>
   </si>
   <si>
     <t>#68 Darell Bush - LG</t>
   </si>
   <si>
     <t>#79 Ralph Johnson - LDE</t>
   </si>
   <si>
     <t>#66 Robert Tice - LDE</t>
   </si>
   <si>
     <t>#92 Ralph Onorato - SLB</t>
   </si>
   <si>
-    <t>#99 Tony Benson - WLB</t>
+    <t>#99 Tony Benson - FS</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>SFB 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-1-SFB 39 (10:49) 20-Damien Gaines ran to SFB 47 for 8 yards. Tackle by 33-Orlando Smith.</t>
   </si>
   <si>
     <t>#42 Shane Rhodes - RB</t>
   </si>
   <si>
     <t>#87 Richard Mauricio - TE</t>
   </si>
   <si>
     <t>#54 Howard Buchanan - DT</t>
   </si>
@@ -1007,51 +1007,51 @@
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-14-SFB 41 (10:03) 9-Douglas Novak pass complete to 18-Shaun Lamkin for 41 yards. TOUCHDOWN! SFB 6 BRO 6</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>SFB 15</t>
   </si>
   <si>
     <t>(9:57) Extra point GOOD by 16-James Swenson. SFB 6 BRO 7</t>
   </si>
   <si>
     <t>#72 Raymond Edwards - RT</t>
   </si>
   <si>
     <t>#17 James Swenson - K</t>
   </si>
   <si>
     <t>#77 Ryan Spearman - RT</t>
   </si>
   <si>
-    <t>#72 John Hays - LG</t>
+    <t>#67 John Hays - LG</t>
   </si>
   <si>
     <t>#50 John Keeler - LT</t>
   </si>
   <si>
     <t>BBm 35</t>
   </si>
   <si>
     <t>(9:57) 16-James Swenson kicks 64 yards from BRO 35 to SFB 1. 21-Shane Rhodes to SFB 20 for 19 yards. Tackle by 26-Andrew Erving.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>SFB 20</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SFB 20 (9:53) 18-David Smith sacked at SFB 12 for -7 yards (97-Gabriel Gray). Sack allowed by 60-Darell Bush.</t>
   </si>