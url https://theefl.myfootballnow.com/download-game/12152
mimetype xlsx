--- v2 (2026-01-02)
+++ v3 (2026-02-01)
@@ -368,51 +368,51 @@
   <si>
     <t>#18 Shaun Lamkin - WR</t>
   </si>
   <si>
     <t>#60 Michael Wilkin - LT</t>
   </si>
   <si>
     <t>#55 Tomas Smith - LG</t>
   </si>
   <si>
     <t>#57 Phillip Tindle - C</t>
   </si>
   <si>
     <t>#58 Jason Rodriguez - RT</t>
   </si>
   <si>
     <t>#61 Fernando Bagley - RT</t>
   </si>
   <si>
     <t>#94 Robert Ball - LDE</t>
   </si>
   <si>
     <t>#92 Thomas Gillett - DT</t>
   </si>
   <si>
-    <t>#60 Bill Minch - DT</t>
+    <t>#77 Bill Minch - DT</t>
   </si>
   <si>
     <t>#98 Gary Dupuy - SLB</t>
   </si>
   <si>
     <t>#56 Richard Young - MLB</t>
   </si>
   <si>
     <t>#90 Chester Baldwin - WLB</t>
   </si>
   <si>
     <t>#23 William Hines - CB</t>
   </si>
   <si>
     <t>#29 Michael Rivas - SS</t>
   </si>
   <si>
     <t>#47 Patrick Vela - CB</t>
   </si>
   <si>
     <t>#25 Adam Creech - SS</t>
   </si>
   <si>
     <t>#38 Philip Pickett - FS</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>1-10-BRO 33 (8:42) 18-David Smith pass complete to 84-Patrick Finley to BRO 18 for 15 yards. Tackle by 26-Andrew Erving.</t>
   </si>
   <si>
     <t>#56 Matthew Davis - MLB</t>
   </si>
   <si>
     <t>#29 Steven Butler - CB</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>BBm 18</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-BRO 18 (7:58) 18-David Smith pass complete to 87-Richard Mauricio to BRO 9 for 9 yards. Tackle by 99-Tony Benson.</t>
   </si>
   <si>
     <t>#24 Bart Mathews - RB</t>
   </si>
   <si>
-    <t>#81 Angel Taylor - TE</t>
+    <t>#83 Angel Taylor - TE</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>BBm 9</t>
   </si>
   <si>
     <t>2-1-BRO 9 (7:21) 18-David Smith pass complete to 20-Damien Gaines to BRO 9 for a short gain. Tackle by 20-Gavin Bullock.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-1-BRO 9 (6:40) 18-David Smith pass incomplete, dropped by 83-Fernando Johnson.</t>
   </si>
   <si>
     <t>#52 Donald Jones - SLB</t>
   </si>
   <si>
     <t>6:35</t>
   </si>