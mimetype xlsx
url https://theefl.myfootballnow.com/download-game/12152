--- v3 (2026-02-01)
+++ v4 (2026-03-04)
@@ -998,51 +998,51 @@
   <si>
     <t>#83 Marco Tuggle - TE</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>SFB 41</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-14-SFB 41 (10:03) 9-Douglas Novak pass complete to 18-Shaun Lamkin for 41 yards. TOUCHDOWN! SFB 6 BRO 6</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>SFB 15</t>
   </si>
   <si>
     <t>(9:57) Extra point GOOD by 16-James Swenson. SFB 6 BRO 7</t>
   </si>
   <si>
-    <t>#72 Raymond Edwards - RT</t>
+    <t>#77 Raymond Edwards - RT</t>
   </si>
   <si>
     <t>#17 James Swenson - K</t>
   </si>
   <si>
     <t>#77 Ryan Spearman - RT</t>
   </si>
   <si>
     <t>#67 John Hays - LG</t>
   </si>
   <si>
     <t>#50 John Keeler - LT</t>
   </si>
   <si>
     <t>BBm 35</t>
   </si>
   <si>
     <t>(9:57) 16-James Swenson kicks 64 yards from BRO 35 to SFB 1. 21-Shane Rhodes to SFB 20 for 19 yards. Tackle by 26-Andrew Erving.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>SFB 20</t>
   </si>