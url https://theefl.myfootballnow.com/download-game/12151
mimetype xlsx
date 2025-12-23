--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -341,51 +341,51 @@
   <si>
     <t>CBR</t>
   </si>
   <si>
     <t>CBR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-CBR 25 (15:00) 3-Charles Jones pass complete to 17-Stan Sanders to CBR 33 for 8 yards. Tackle by 6-Kevin Hicks. Nice job by 17-Stan Sanders on that route to lose his coverage. CBR 63-Luis Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Charles Jones - QB</t>
   </si>
   <si>
     <t>#30 Jonathan Ludwig - RB</t>
   </si>
   <si>
     <t>#81 Franklin Clair - WR</t>
   </si>
   <si>
-    <t>#82 Thomas Campbell - WR</t>
+    <t>#88 Thomas Campbell - WR</t>
   </si>
   <si>
     <t>#84 Stan Sanders - WR</t>
   </si>
   <si>
     <t>#72 John Schoenrock - LT</t>
   </si>
   <si>
     <t>#64 Paul Ruppe - LG</t>
   </si>
   <si>
     <t>#70 Stanley Callahan - RG</t>
   </si>
   <si>
     <t>#66 Robert English - RT</t>
   </si>
   <si>
     <t>#95 Byron Shannon - LDE</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#79 Scott Andrews - DT</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#2 Clinton Jackson - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>CBR 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-2-CBR 33 (14:16) 22-Albert Rivera ran to CBR 43 for 9 yards. Tackle by 6-Kevin Hicks.</t>
   </si>
   <si>
     <t>#82 George Milner - TE</t>
   </si>
   <si>
     <t>#65 David Martin - C</t>
   </si>
   <si>
-    <t>#60 Lonnie Stewart - MLB</t>
+    <t>#90 Lonnie Stewart - MLB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>CBR 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CBR 43 (13:35) 22-Albert Rivera ran to CBR 45 for 3 yards. Tackle by 47-Jessie Dahl.</t>
   </si>
   <si>
     <t>#12 Conrad Morrison - RB</t>
   </si>
   <si>
     <t>#45 Melvin Craft - FB</t>
   </si>
   <si>
     <t>#83 Carlos Smith - TE</t>
   </si>
@@ -1277,51 +1277,51 @@
   <si>
     <t>Nickel Normal 2 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NJC 35 (14:24) 28-James Richardson ran to NJC 43 for 8 yards. Tackle by 49-Scotty Johnson. 16-Jeffrey Nielsen was completely beat on that play.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>CCr 43</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>2-2-NJC 43 (13:40) 42-James Densmore ran to CBR 49 for 7 yards. Tackle by 51-George Mullis. NJC 85-Adam Willson was injured on the play. He looks like he should be able to return. CBR 91-Joe Morrison was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>1-10-CBR 49 (13:02) 31-Boyd Duncan ran to CBR 41 for 9 yards. Tackle by 29-Agustin McCoy.</t>
   </si>
   <si>
-    <t>#50 Thomas Roach - RDE</t>
+    <t>#91 Thomas Roach - RDE</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>CBR 41</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-CBR 41 (12:15) 3-Jon Johnson pass complete to 89-Arturo Knight to CBR 32 for 9 yards. Tackle by 26-Harley Owens. 89-Arturo Knight breaks down the CB. Pressure by 6-Gordon Scarbrough.</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-CBR 32 (11:41) 3-Jon Johnson pass complete to 16-Jeffrey Nielsen to CBR 31 for 1 yards. Tackle by 29-Agustin McCoy. NJC 63-Samuel Perez was injured on the play. He looks like he should be able to return. CBR 26-Harley Owens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>CBR 31</t>
   </si>