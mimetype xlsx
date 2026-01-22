--- v1 (2025-12-23)
+++ v2 (2026-01-22)
@@ -308,51 +308,51 @@
   <si>
     <t>#51 Albert Perez - DT</t>
   </si>
   <si>
     <t>#39 Robert Mason - FS</t>
   </si>
   <si>
     <t>#56 Mikel Nunez - RDE</t>
   </si>
   <si>
     <t>#31 Ben Wiggins - CB</t>
   </si>
   <si>
     <t>#57 Robert Watson - LDE</t>
   </si>
   <si>
     <t>#64 Luis Johnson - C</t>
   </si>
   <si>
     <t>#44 Emilio Hamilton - SS</t>
   </si>
   <si>
     <t>#61 Matt Baker - LDE</t>
   </si>
   <si>
-    <t>#60 Robert Timberlake - RG</t>
+    <t>#50 Robert Timberlake - RG</t>
   </si>
   <si>
     <t>#42 Jeffrey Kinslow - WLB</t>
   </si>
   <si>
     <t>#8 Jerry Horne - K</t>
   </si>
   <si>
     <t>CBR</t>
   </si>
   <si>
     <t>CBR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-CBR 25 (15:00) 3-Charles Jones pass complete to 17-Stan Sanders to CBR 33 for 8 yards. Tackle by 6-Kevin Hicks. Nice job by 17-Stan Sanders on that route to lose his coverage. CBR 63-Luis Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Charles Jones - QB</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>#99 Matthew Cook - MLB</t>
   </si>
   <si>
     <t>#29 Agustin McCoy - CB</t>
   </si>
   <si>
     <t>#49 Scotty Johnson - SS</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>CCr 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-NJC 31 (10:41) 42-James Densmore ran to NJC 40 for 9 yards. Tackle by 31-Ben Wiggins. NJC 42-James Densmore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#74 Boyd Duncan - TE</t>
+    <t>#74 Boyd Duncan - RG</t>
   </si>
   <si>
     <t>#53 George Mullis - WLB</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>CCr 40</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-1-NJC 40 (10:05) 28-James Richardson ran to NJC 48 for 8 yards. Tackle by 29-Agustin McCoy.</t>
   </si>
   <si>
     <t>#28 James Richardson - RB</t>
   </si>
   <si>
     <t>#78 Kevin Conti - LG</t>
   </si>