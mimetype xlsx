--- v2 (2026-01-22)
+++ v3 (2026-03-23)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-CBR 25 (15:00) 3-Charles Jones pass complete to 17-Stan Sanders to CBR 33 for 8 yards. Tackle by 6-Kevin Hicks. Nice job by 17-Stan Sanders on that route to lose his coverage. CBR 63-Luis Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#18 Charles Jones - QB</t>
   </si>
   <si>
     <t>#30 Jonathan Ludwig - RB</t>
   </si>
   <si>
     <t>#81 Franklin Clair - WR</t>
   </si>
   <si>
     <t>#88 Thomas Campbell - WR</t>
   </si>
   <si>
     <t>#84 Stan Sanders - WR</t>
   </si>
   <si>
     <t>#72 John Schoenrock - LT</t>
   </si>
   <si>
     <t>#64 Paul Ruppe - LG</t>
   </si>
   <si>
-    <t>#70 Stanley Callahan - RG</t>
+    <t>#51 Stanley Callahan - RG</t>
   </si>
   <si>
     <t>#66 Robert English - RT</t>
   </si>
   <si>
     <t>#95 Byron Shannon - LDE</t>
   </si>
   <si>
     <t>#53 Randall Griffin - DT</t>
   </si>
   <si>
     <t>#79 Scott Andrews - DT</t>
   </si>
   <si>
     <t>#74 Glenn Argueta - RDE</t>
   </si>
   <si>
     <t>#99 Harrison Braun - MLB</t>
   </si>
   <si>
     <t>#7 Louis Bailey - WLB</t>
   </si>
   <si>
     <t>#21 William Perkins - CB</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>CBR 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CBR 43 (13:35) 22-Albert Rivera ran to CBR 45 for 3 yards. Tackle by 47-Jessie Dahl.</t>
   </si>
   <si>
     <t>#12 Conrad Morrison - RB</t>
   </si>
   <si>
     <t>#45 Melvin Craft - FB</t>
   </si>
   <si>
     <t>#83 Carlos Smith - TE</t>
   </si>
   <si>
-    <t>#97 Joseph Wallace - RDE</t>
+    <t>#37 Joseph Wallace - FS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>CBR 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-CBR 45 (12:53) 22-Albert Rivera ran to CBR 46 for a short gain. Tackle by 99-Harrison Braun.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>CBR 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -2210,98 +2210,98 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="350.2" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">