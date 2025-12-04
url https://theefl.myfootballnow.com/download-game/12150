--- v0 (2025-11-05)
+++ v1 (2025-12-04)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 13-Jack Miller kicks 75 yards from TAC 35 to LSV -10. Touchback.</t>
   </si>
   <si>
     <t>#23 Timothy Brewer - FB</t>
   </si>
   <si>
     <t>#99 Philip Woodard - MLB</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#58 James Lambert - WLB</t>
   </si>
   <si>
     <t>#63 Jonathan Vidales - DT</t>
   </si>
   <si>
     <t>#40 Larry Thomas - SS</t>
   </si>
   <si>
     <t>#73 David Morrison - LDE</t>
   </si>
   <si>
-    <t>#91 Robert Pellham - SLB</t>
+    <t>#98 Robert Pellham - SLB</t>
   </si>
   <si>
     <t>#78 David Hale - RDE</t>
   </si>
   <si>
     <t>#97 George Coaxum - MLB</t>
   </si>
   <si>
     <t>#21 Charles Cutler - CB</t>
   </si>
   <si>
     <t>#13 Jack Miller - K</t>
   </si>
   <si>
     <t>LSV</t>
   </si>
   <si>
     <t>LSV 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -1727,51 +1727,51 @@
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>LSV 44</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-1-LSV 44 (3:34) 47-William Joe ran for 56 yards. TOUCHDOWN! TAC 35-Howard Cardoso was injured on the play. LSV 6 TAC 6</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>TAC 15</t>
   </si>
   <si>
     <t>(3:23) Extra point GOOD by 6-James Arnett. LSV 7 TAC 6</t>
   </si>
   <si>
     <t>#54 Cedric Schurman - MLB</t>
   </si>
   <si>
-    <t>#54 Christian Stevens - SLB</t>
+    <t>#57 Christian Stevens - SLB</t>
   </si>
   <si>
     <t>(3:23) 6-James Arnett kicks 74 yards from LSV 35 to TAC -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-TAC 25 (3:23) 15-Gary Robbins pass complete to 19-Cleo Cresswell to TAC 34 for 9 yards. Tackle by 41-Tom James.</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>2-1-TAC 34 (2:37) 15-Gary Robbins pass Pass knocked down by 20-Dennis Barnes. incomplete, intended for 83-Scott Martell.</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-1-TAC 34 (2:34) 15-Gary Robbins pass complete to 47-Jason Crump to TAC 33 for -1 yards. Tackle by 20-Dennis Barnes. 47-Jason Crump made a great move on the CB.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>