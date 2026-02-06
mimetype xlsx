--- v1 (2025-12-04)
+++ v2 (2026-02-06)
@@ -380,51 +380,51 @@
   <si>
     <t>#83 Jesse Rosario - C</t>
   </si>
   <si>
     <t>#67 Jeffery Wheeler - LG</t>
   </si>
   <si>
     <t>#74 Victor Bradburn - RT</t>
   </si>
   <si>
     <t>#98 Kieth Burgess - DT</t>
   </si>
   <si>
     <t>#71 Gary Foster - DT</t>
   </si>
   <si>
     <t>#69 James Landers - RDE</t>
   </si>
   <si>
     <t>#52 Donte Little - SLB</t>
   </si>
   <si>
     <t>#52 John Cochran - MLB</t>
   </si>
   <si>
-    <t>#93 Marshall Kemp - WLB</t>
+    <t>#93 Marshall Kemp - SLB</t>
   </si>
   <si>
     <t>#21 Todd Hatten - CB</t>
   </si>
   <si>
     <t>#36 Shawn Winkles - CB</t>
   </si>
   <si>
     <t>#40 Timothy Demaio - CB</t>
   </si>
   <si>
     <t>#35 Howard Cardoso - SS</t>
   </si>
   <si>
     <t>#1 Harry Vance - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>LSV 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>