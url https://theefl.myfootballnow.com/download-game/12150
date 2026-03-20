--- v2 (2026-02-06)
+++ v3 (2026-03-20)
@@ -506,51 +506,51 @@
   <si>
     <t>#30 Luis Nitta - RB</t>
   </si>
   <si>
     <t>#47 Jason Crump - FB</t>
   </si>
   <si>
     <t>#68 Greg Omalley - RG</t>
   </si>
   <si>
     <t>#67 Stephen Matus - LT</t>
   </si>
   <si>
     <t>#70 Curtis Yoder - LG</t>
   </si>
   <si>
     <t>#77 Alexander Chapman - C</t>
   </si>
   <si>
     <t>#56 Truman Anderson - RG</t>
   </si>
   <si>
     <t>#66 Armand Belmont - RG</t>
   </si>
   <si>
-    <t>#91 Jim Grover - DT</t>
+    <t>#96 Jim Grover - DT</t>
   </si>
   <si>
     <t>#78 Leonard Newport - DT</t>
   </si>
   <si>
     <t>#95 Israel Wright - DT</t>
   </si>
   <si>
     <t>#57 Ray Pearson - WLB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>TAC 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-2-TAC 34 (12:19) 15-Gary Robbins pass complete to 83-Scott Martell to TAC 38 for 4 yards. Tackle by 20-Dennis Barnes. LSV 61-Jim Grover was injured on the play. He looks like he should be able to return.</t>
   </si>