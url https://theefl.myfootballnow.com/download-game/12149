--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -368,51 +368,51 @@
   <si>
     <t>#80 Percy Bailey - WR</t>
   </si>
   <si>
     <t>#80 Theodore Whitten - WR</t>
   </si>
   <si>
     <t>#78 Carl Lattimer - LT</t>
   </si>
   <si>
     <t>#76 Paul Alameda - LG</t>
   </si>
   <si>
     <t>#69 Martin Simmons - C</t>
   </si>
   <si>
     <t>#79 Ivan Harris - RG</t>
   </si>
   <si>
     <t>#71 Eric Beck - RT</t>
   </si>
   <si>
     <t>#99 Raymond Kahn - LDE</t>
   </si>
   <si>
-    <t>#73 Mark Carter - DT</t>
+    <t>#71 Mark Carter - DT</t>
   </si>
   <si>
     <t>#99 Jerry Lewis - LDE</t>
   </si>
   <si>
     <t>#63 Alan Short - LDE</t>
   </si>
   <si>
     <t>#50 James Vince - SLB</t>
   </si>
   <si>
     <t>#47 Philip Savage - MLB</t>
   </si>
   <si>
     <t>#58 Kevin Collins - MLB</t>
   </si>
   <si>
     <t>#42 Danny Preiss - CB</t>
   </si>
   <si>
     <t>#45 Richard Palermo - CB</t>
   </si>
   <si>
     <t>#43 James Daniels - SS</t>
   </si>
@@ -614,102 +614,102 @@
   <si>
     <t>#43 Adam Hammons - FB</t>
   </si>
   <si>
     <t>BLJ 35</t>
   </si>
   <si>
     <t>(7:10) 11-James Latham kicks 64 yards from LYN 35 to LON 1. 14-Christopher Waterfield to LON 23 for 22 yards. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>#14 Christopher Waterfield - WR</t>
   </si>
   <si>
     <t>#75 Albert Morrison - LT</t>
   </si>
   <si>
     <t>#65 Douglas Layden - RT</t>
   </si>
   <si>
     <t>#62 Harvey King - RG</t>
   </si>
   <si>
     <t>#19 Tyler Sorg - WR</t>
   </si>
   <si>
-    <t>#15 Carlos Fowler - WR</t>
+    <t>#13 Carlos Fowler - WR</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>LEX 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LON 23 (7:06) 5-Moises King ran to LON 22 for -1 yards. Tackle by 51-Eric Hackett. 85-Leon Bachmann totally missed that block. PENALTY - Unnecessary Roughness (LYN 51-Eric Hackett)</t>
   </si>
   <si>
     <t>#6 Fred Ellis - QB</t>
   </si>
   <si>
     <t>#5 Moises King - FB</t>
   </si>
   <si>
     <t>#85 Leon Bachmann - TE</t>
   </si>
   <si>
     <t>#19 Robert Cooper - WR</t>
   </si>
   <si>
     <t>#41 Frederick Poirier - LT</t>
   </si>
   <si>
     <t>#51 Hans McCormick - LG</t>
   </si>
   <si>
     <t>#54 Jeremy Fultz - C</t>
   </si>
   <si>
     <t>#68 Tony Carpenter - RG</t>
   </si>
   <si>
     <t>#50 Stephen Perez - RT</t>
   </si>
   <si>
     <t>#76 Lloyd Merkel - DT</t>
   </si>
   <si>
     <t>#51 Eric Hackett - MLB</t>
   </si>
   <si>
-    <t>#22 Michael Reynosa - FS</t>
+    <t>#31 Michael Reynosa - FS</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>LEX 37</t>
   </si>
   <si>
     <t>1-10-LON 37 (7:03) 5-Moises King ran to LON 38 for 1 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>#66 Billy Whitney - RG</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>2-9-LON 38 (6:20) 5-Moises King ran to LON 39 for a short gain. Tackle by 94-Peter Mason.</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>LEX 39</t>
   </si>
@@ -995,51 +995,51 @@
   <si>
     <t>BLJ 23</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-LYN 23 (9:41) 12-Fred Ellis pass complete to 85-Leon Bachmann to LYN 8 for 16 yards. Tackle by 27-Chad Green. PENALTY - Pass Interference (LYN 51-Eric Hackett) (Declined)</t>
   </si>
   <si>
     <t>#77 Colin Barnes - LG</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>BLJ 8</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-8-LYN 8 (9:36) 5-Moises King ran to LYN 10 for -3 yards. Tackle by 64-Lloyd Merkel.</t>
   </si>
   <si>
-    <t>#97 Carl Scott - WLB</t>
+    <t>#92 Carl Scott - WLB</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>BLJ 10</t>
   </si>
   <si>
     <t>2-10-LYN 10 (9:00) 43-Adam Hammons ran to LYN 10 for a short gain. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-10-LYN 10 (8:16) 12-Fred Ellis pass complete to 40-Nathan Baker to LYN 10 for a short gain. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
@@ -1532,51 +1532,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-4-LYN 28 (11:26) 12-Fred Ellis pass complete to 43-Adam Hammons to LYN 21 for 7 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>1-10-LYN 21 (10:49) 40-Nathan Baker ran to LYN 23 for -2 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>2-12-LYN 23 (10:17) 12-Fred Ellis pass complete to 5-Moises King to LYN 21 for 2 yards. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>3-10-LYN 21 (9:42) 43-Adam Hammons ran to LYN 23 for -2 yards. Tackle by 51-Eric Hackett. LON 54-Jeremy Fultz was injured on the play.</t>
   </si>
   <si>
     <t>4-12-LYN 23 (9:00) 7-David Christopherso 41 yard field goal is GOOD. LYN 20 LON 6</t>
   </si>
   <si>
-    <t>#68 Gustavo Harris - LDE</t>
+    <t>#68 Gustavo Harris - RDE</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>(8:57) 7-David Christopherso kicks 71 yards from LON 35 to LYN -6. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-LYN 25 (8:57) 7-John Caldwell sacked at LYN 18 for -7 yards (58-Kevin Collins). Sack allowed by 79-Ivan Harris.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>BLJ 18</t>
   </si>
   <si>
     <t>2-17-LYN 18 (8:23) 7-John Caldwell pass incomplete, dropped by 33-Paul Gilbert. The coverage on that play was extremely tight.</t>
   </si>