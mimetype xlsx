--- v1 (2025-12-07)
+++ v2 (2025-12-31)
@@ -317,54 +317,54 @@
   <si>
     <t>#92 Mark Foster - SLB</t>
   </si>
   <si>
     <t>#62 John States - DT</t>
   </si>
   <si>
     <t>#57 Whitney Castle - MLB</t>
   </si>
   <si>
     <t>#49 Roger Wozniak - SS</t>
   </si>
   <si>
     <t>#65 Eddie Smoot - DT</t>
   </si>
   <si>
     <t>#36 Albert Sanders - CB</t>
   </si>
   <si>
     <t>#38 Michael Young - CB</t>
   </si>
   <si>
     <t>#7 David Christopherso - K</t>
   </si>
   <si>
-    <t>BLJ</t>
-[...2 lines deleted...]
-    <t>BLJ 25</t>
+    <t>APK</t>
+  </si>
+  <si>
+    <t>APK 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-LYN 25 (15:00) 35-Joseph Stewart ran to LYN 25 for a short loss. Tackle by 27-James Daniels.</t>
   </si>
   <si>
     <t>#7 John Caldwell - QB</t>
   </si>
   <si>
     <t>#35 Joseph Stewart - RB</t>
   </si>
   <si>
     <t>#33 Paul Gilbert - FB</t>
   </si>
   <si>
     <t>#88 Issac Pitts - TE</t>
   </si>
   <si>
     <t>#80 Percy Bailey - WR</t>
   </si>
@@ -422,66 +422,66 @@
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-LYN 25 (14:26) 35-Joseph Stewart ran to LYN 31 for 6 yards. 35-Joseph Stewart FUMBLES (45-Richard Palermo) recovered by LYN-33-Paul Gilbert to LYN 33 for 1 yards. Tackle by 55-Raymond Kahn.</t>
   </si>
   <si>
     <t>#29 Rudolph Tarr - FB</t>
   </si>
   <si>
     <t>#89 Donald Giffin - TE</t>
   </si>
   <si>
     <t>#93 Leonard Deen - WLB</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
-    <t>BLJ 33</t>
+    <t>APK 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-2-LYN 33 (13:45) 35-Joseph Stewart ran to LYN 37 for 4 yards. Tackle by 58-Kevin Collins.</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
-    <t>BLJ 37</t>
+    <t>APK 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LYN 37 (13:12) 35-Joseph Stewart ran to LON 48 for 15 yards. Tackle by 22-Michael Daub.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>LEX 48</t>
   </si>
   <si>
     <t>1-10-LON 48 (12:26) 37-Manuel Hamm ran to LON 44 for 5 yards. Tackle by 58-Kevin Collins. LON 59-James Vince was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>LEX 44</t>
   </si>
@@ -593,66 +593,66 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:10) Extra point GOOD by 11-James Latham. LYN 7 LON 0</t>
   </si>
   <si>
     <t>#2 John Walker - P</t>
   </si>
   <si>
     <t>#83 John Cohen - TE</t>
   </si>
   <si>
     <t>#7 James Latham - K</t>
   </si>
   <si>
     <t>#54 Peter Mason - MLB</t>
   </si>
   <si>
     <t>#43 Adam Hammons - FB</t>
   </si>
   <si>
-    <t>BLJ 35</t>
+    <t>APK 35</t>
   </si>
   <si>
     <t>(7:10) 11-James Latham kicks 64 yards from LYN 35 to LON 1. 14-Christopher Waterfield to LON 23 for 22 yards. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>#14 Christopher Waterfield - WR</t>
   </si>
   <si>
     <t>#75 Albert Morrison - LT</t>
   </si>
   <si>
-    <t>#65 Douglas Layden - RT</t>
-[...2 lines deleted...]
-    <t>#62 Harvey King - RG</t>
+    <t>#65 Douglas Layden - RG</t>
+  </si>
+  <si>
+    <t>#58 Harvey King - RG</t>
   </si>
   <si>
     <t>#19 Tyler Sorg - WR</t>
   </si>
   <si>
     <t>#13 Carlos Fowler - WR</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>LEX 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LON 23 (7:06) 5-Moises King ran to LON 22 for -1 yards. Tackle by 51-Eric Hackett. 85-Leon Bachmann totally missed that block. PENALTY - Unnecessary Roughness (LYN 51-Eric Hackett)</t>
   </si>
   <si>
     <t>#6 Fred Ellis - QB</t>
   </si>
@@ -728,99 +728,99 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-LON 40 (5:00) 17-Gerald Gonzales punts 60 yards to LYN 0.4-7-LON 40 (5:00) 17-Gerald Gonzales punts 60 yards to LYN 0. Touchback.</t>
   </si>
   <si>
     <t>#17 Gerald Gonzales - P</t>
   </si>
   <si>
     <t>#74 William Vanwinkle - C</t>
   </si>
   <si>
     <t>#52 Michael Petersen - LT</t>
   </si>
   <si>
     <t>#66 Gilbert Allen - RDE</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
-    <t>BLJ 20</t>
+    <t>APK 20</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-LYN 20 (4:52) 35-Joseph Stewart ran to LYN 25 for 5 yards. Tackle by 42-Danny Preiss.</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-LYN 25 (4:08) 7-John Caldwell pass complete to 14-Alfred Holloway to LYN 32 for 7 yards. Tackle by 2-Michael Patterson. LON 92-Mark Carter was injured on the play. He looks like he should be able to return. LON 99-Jerry Lewis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:31</t>
   </si>
   <si>
-    <t>BLJ 32</t>
+    <t>APK 32</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-LYN 32 (3:30) 7-John Caldwell pass complete to 35-Joseph Stewart to LYN 39 for 7 yards. Tackle by 42-Danny Preiss. Great move by 35-Joseph Stewart to get free of his coverage.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
-    <t>BLJ 39</t>
+    <t>APK 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-3-LYN 39 (2:53) 35-Joseph Stewart ran to LYN 41 for 2 yards. Tackle by 58-Kevin Collins.</t>
   </si>
   <si>
     <t>2:09</t>
   </si>
   <si>
-    <t>BLJ 41</t>
+    <t>APK 41</t>
   </si>
   <si>
     <t>3-1-LYN 41 (2:08) 35-Joseph Stewart ran to LON 46 for 13 yards. Tackle by 22-Michael Daub. LYN 12-Percy Bailey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-LON 46 (1:23) 7-John Caldwell pass complete to 88-Issac Pitts to LON 28 for 18 yards. Tackle by 42-Danny Preiss.</t>
   </si>
   <si>
     <t>#17 David Footman - WR</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>LEX 28</t>
   </si>
   <si>
     <t>1-10-LON 28 (0:41) 37-Manuel Hamm ran to LON 12 for 16 yards. Tackle by 45-Richard Palermo.</t>
   </si>
@@ -926,183 +926,183 @@
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-16-LON 40 (13:03) 12-Fred Ellis pass Pass knocked down by 38-Michael Young. incomplete, intended for 88-Robert Cooper. PENALTY - Defensive Holding (LYN 51-Eric Hackett)</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>LEX 45</t>
   </si>
   <si>
     <t>Split Backs Normal FB Off Tackle</t>
   </si>
   <si>
     <t>1-10-LON 45 (12:59) 43-Adam Hammons ran to LYN 46 for 9 yards. Tackle by 62-John States.</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
-    <t>BLJ 46</t>
+    <t>APK 46</t>
   </si>
   <si>
     <t>2-1-LYN 46 (12:21) 40-Nathan Baker ran to LYN 43 for 2 yards. Tackle by 94-Peter Mason.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
-    <t>BLJ 43</t>
+    <t>APK 43</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>1-10-LYN 43 (11:36) 12-Fred Ellis pass incomplete, intended for 16-William Pafford.</t>
   </si>
   <si>
     <t>#89 Jay McLean - WR</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>2-10-LYN 43 (11:33) 5-Moises King ran to LYN 43 for 1 yards. Tackle by 94-Peter Mason.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>3-9-LYN 43 (11:00) 12-Fred Ellis pass complete to 85-Leon Bachmann to LYN 26 for 17 yards. Tackle by 27-Chad Green. LON 41-Frederick Poirier was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
-    <t>BLJ 26</t>
+    <t>APK 26</t>
   </si>
   <si>
     <t>1-10-LYN 26 (10:19) 5-Moises King ran to LYN 23 for 3 yards. Tackle by 92-Mark Foster.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
-    <t>BLJ 23</t>
+    <t>APK 23</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-LYN 23 (9:41) 12-Fred Ellis pass complete to 85-Leon Bachmann to LYN 8 for 16 yards. Tackle by 27-Chad Green. PENALTY - Pass Interference (LYN 51-Eric Hackett) (Declined)</t>
   </si>
   <si>
     <t>#77 Colin Barnes - LG</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
-    <t>BLJ 8</t>
+    <t>APK 8</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-8-LYN 8 (9:36) 5-Moises King ran to LYN 10 for -3 yards. Tackle by 64-Lloyd Merkel.</t>
   </si>
   <si>
     <t>#92 Carl Scott - WLB</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
-    <t>BLJ 10</t>
+    <t>APK 10</t>
   </si>
   <si>
     <t>2-10-LYN 10 (9:00) 43-Adam Hammons ran to LYN 10 for a short gain. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-10-LYN 10 (8:16) 12-Fred Ellis pass complete to 40-Nathan Baker to LYN 10 for a short gain. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>4-10-LYN 10 (7:30) 7-David Christopherso 28 yard field goal is GOOD. LYN 10 LON 3</t>
   </si>
   <si>
     <t>#66 Joe McCusker - LG</t>
   </si>
   <si>
     <t>#75 David Wells - RT</t>
   </si>
   <si>
     <t>#64 Harold Jensen - WLB</t>
   </si>
   <si>
     <t>7:27</t>
   </si>
   <si>
     <t>(7:28) 7-David Christopherso kicks 75 yards from LON 35 to LYN -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-LYN 25 (7:28) 7-John Caldwell pass complete to 88-Issac Pitts to LYN 31 for 6 yards. Tackle by 45-Richard Palermo. 45-Richard Palermo got away with a hold on that play. LON 45-Richard Palermo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
-    <t>BLJ 31</t>
+    <t>APK 31</t>
   </si>
   <si>
     <t>2-4-LYN 31 (6:49) 35-Joseph Stewart ran to LYN 38 for 7 yards. Tackle by 39-John Hallmark.</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
-    <t>BLJ 38</t>
+    <t>APK 38</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-LYN 38 (6:15) 37-Manuel Hamm ran to LYN 43 for 5 yards. Tackle by 59-James Vince. LON 99-Jerry Lewis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>2-5-LYN 43 (5:33) 37-Manuel Hamm ran to LON 39 for 18 yards. Tackle by 22-Michael Daub.</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>1-10-LON 39 (4:51) 35-Joseph Stewart ran to LON 28 for 10 yards. Tackle by 39-John Hallmark. LYN 69-Martin Simmons was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
@@ -1211,168 +1211,168 @@
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>3-8-LON 38 (13:49) 12-Fred Ellis pass complete to 88-Robert Cooper to LON 47 for 9 yards. Tackle by 52-Joseph Barnett. 88-Robert Cooper breaks down the CB. PENALTY - Holding (LON 68-Tony Carpenter)</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>LEX 29</t>
   </si>
   <si>
     <t>Singleback Slot Strong Overload Strong</t>
   </si>
   <si>
     <t>3-16-LON 29 (13:46) 12-Fred Ellis pass complete to 43-Adam Hammons to LON 35 for 5 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>4-11-LON 35 (13:09) 17-Gerald Gonzales punts 59 yards to LYN 7.</t>
   </si>
   <si>
-    <t>BLJ 7</t>
+    <t>APK 7</t>
   </si>
   <si>
     <t>1-10-LYN 7 (12:59) 35-Joseph Stewart ran to LYN 12 for 5 yards. Tackle by 59-James Vince.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
-    <t>BLJ 12</t>
+    <t>APK 12</t>
   </si>
   <si>
     <t>Nickel Strong FS WLB Blitz</t>
   </si>
   <si>
     <t>2-5-LYN 12 (12:16) 33-Paul Gilbert ran to LYN 16 for 4 yards. Tackle by 47-Philip Savage.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
-    <t>BLJ 16</t>
+    <t>APK 16</t>
   </si>
   <si>
     <t>3-1-LYN 16 (11:34) 35-Joseph Stewart ran to LYN 17 for 1 yards. Tackle by 92-Mark Carter.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
-    <t>BLJ 17</t>
+    <t>APK 17</t>
   </si>
   <si>
     <t>4-1-LYN 17 (11:01) 2-John Walker punts 50 yards to LON 33. 14-Christopher Waterfield to LON 43 for 10 yards. Tackle by 49-Roger Wozniak.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>LEX 43</t>
   </si>
   <si>
     <t>1-10-LON 43 (10:53) 12-Fred Ellis pass complete to 43-Adam Hammons to LON 43 for a short gain. Tackle by 97-Carl Scott. LYN 74-Daniel Ledezma was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>Shotgun 5 Wide WR Curls</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-LON 43 (10:17) 12-Fred Ellis pass complete to 89-Jay McLean to LON 49 for 5 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>LEX 49</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>3-5-LON 49 (9:34) 12-Fred Ellis pass incomplete, dropped by 88-Robert Cooper.</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>4-5-LON 49 (9:31) 17-Gerald Gonzales punts 47 yards to LYN 4.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
-    <t>BLJ 4</t>
+    <t>APK 4</t>
   </si>
   <si>
     <t>1-10-LYN 4 (9:22) 35-Joseph Stewart ran to LYN 8 for 4 yards. Tackle by 45-Richard Palermo.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>2-6-LYN 8 (8:48) 35-Joseph Stewart ran to LYN 10 for 2 yards. Tackle by 56-Alan Short.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4-LYN 10 (8:10) 7-John Caldwell pass complete to 37-Manuel Hamm to LYN 17 for 8 yards. Tackle by 58-Kevin Collins.</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-LYN 17 (7:24) 35-Joseph Stewart ran to LYN 19 for 1 yards. Tackle by 59-James Vince.</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
-    <t>BLJ 19</t>
+    <t>APK 19</t>
   </si>
   <si>
     <t>2-9-LYN 19 (6:43) 37-Manuel Hamm ran to LYN 21 for 3 yards. Tackle by 59-James Vince.</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
-    <t>BLJ 21</t>
+    <t>APK 21</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-6-LYN 21 (6:09) 35-Joseph Stewart ran to LYN 26 for 5 yards. Tackle by 2-Michael Patterson.</t>
   </si>
   <si>
     <t>5:28</t>
   </si>
   <si>
     <t>4-1-LYN 26 (5:27) 2-John Walker punts 55 yards to LON 18. 14-Christopher Waterfield to LON 30 for 12 yards. 14-Christopher Waterfield FUMBLES (94-Peter Mason) recovered by LYN-73-Eddie Smoot at LON 30. Tackle by 14-Christopher Waterfield. LYN 62-John States was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>LEX 30</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>1-10-LON 30 (5:17) 7-John Caldwell pass complete to 14-Alfred Holloway to LON 20 for 10 yards. Tackle by 27-James Daniels.</t>
   </si>
@@ -1421,183 +1421,183 @@
   <si>
     <t>3:00</t>
   </si>
   <si>
     <t>3-7-LON 28 (3:01) 5-Moises King ran to LON 39 for 11 yards. Tackle by 24-Ed Perry.</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Deep Corner Post</t>
   </si>
   <si>
     <t>1-10-LON 39 (2:18) 12-Fred Ellis ran to LYN 49 for 12 yards. Tackle by 49-Roger Wozniak.</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>Timeout LON</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
-    <t>BLJ 49</t>
+    <t>APK 49</t>
   </si>
   <si>
     <t>1-10-LYN 49 (1:46) 12-Fred Ellis pass complete to 84-Carlos Fowler to LYN 47 for 2 yards. Tackle by 24-Ed Perry.</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
-    <t>BLJ 47</t>
+    <t>APK 47</t>
   </si>
   <si>
     <t>2-8-LYN 47 (1:07) 12-Fred Ellis pass incomplete, dropped by 5-Moises King.</t>
   </si>
   <si>
     <t>1:02</t>
   </si>
   <si>
     <t>3-8-LYN 47 (1:03) 40-Nathan Baker ran to LYN 45 for 2 yards. Tackle by 94-Peter Mason.</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
-    <t>BLJ 45</t>
+    <t>APK 45</t>
   </si>
   <si>
     <t>4-6-LYN 45 (0:30) 17-Gerald Gonzales punts 42 yards to LYN 2.</t>
   </si>
   <si>
     <t>0:20</t>
   </si>
   <si>
-    <t>BLJ 2</t>
+    <t>APK 2</t>
   </si>
   <si>
     <t>1-10-LYN 2 (0:21) 35-Joseph Stewart ran to LYN 5 for 2 yards. Tackle by 59-James Vince.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
-    <t>BLJ 5</t>
+    <t>APK 5</t>
   </si>
   <si>
     <t>2-8-LYN 5 (15:00) 37-Manuel Hamm ran to LYN 7 for 2 yards. Tackle by 2-Michael Patterson.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>3-6-LYN 7 (14:16) 35-Joseph Stewart ran to LYN 6 for -1 yards. Tackle by 56-Alan Short.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
-    <t>BLJ 6</t>
+    <t>APK 6</t>
   </si>
   <si>
     <t>4-6-LYN 6 (13:42) 2-John Walker punts 49 yards to LON 44. 14-Christopher Waterfield to LYN 46 for 9 yards. Tackle by 73-Eddie Smoot.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>1-10-LYN 46 (13:33) 5-Moises King ran to LYN 33 for 13 yards. Tackle by 23-Michael Reynosa.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>1-10-LYN 33 (12:46) 40-Nathan Baker ran to LYN 32 for 1 yards. Tackle by 51-Eric Hackett.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>2-9-LYN 32 (12:02) 43-Adam Hammons ran to LYN 28 for 4 yards. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
-    <t>BLJ 28</t>
+    <t>APK 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-4-LYN 28 (11:26) 12-Fred Ellis pass complete to 43-Adam Hammons to LYN 21 for 7 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>1-10-LYN 21 (10:49) 40-Nathan Baker ran to LYN 23 for -2 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>2-12-LYN 23 (10:17) 12-Fred Ellis pass complete to 5-Moises King to LYN 21 for 2 yards. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>3-10-LYN 21 (9:42) 43-Adam Hammons ran to LYN 23 for -2 yards. Tackle by 51-Eric Hackett. LON 54-Jeremy Fultz was injured on the play.</t>
   </si>
   <si>
     <t>4-12-LYN 23 (9:00) 7-David Christopherso 41 yard field goal is GOOD. LYN 20 LON 6</t>
   </si>
   <si>
     <t>#68 Gustavo Harris - RDE</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>(8:57) 7-David Christopherso kicks 71 yards from LON 35 to LYN -6. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-LYN 25 (8:57) 7-John Caldwell sacked at LYN 18 for -7 yards (58-Kevin Collins). Sack allowed by 79-Ivan Harris.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
-    <t>BLJ 18</t>
+    <t>APK 18</t>
   </si>
   <si>
     <t>2-17-LYN 18 (8:23) 7-John Caldwell pass incomplete, dropped by 33-Paul Gilbert. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>8:16</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>3-17-LYN 18 (8:17) 7-John Caldwell pass complete to 12-Percy Bailey to LYN 25 for 8 yards. Tackle by 45-Richard Palermo.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>4-10-LYN 25 (7:39) 2-John Walker punts 47 yards to LON 28. Fair Catch by 14-Christopher Waterfield.</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>1-10-LON 28 (7:32) 12-Fred Ellis pass complete to 43-Adam Hammons to LON 29 for 1 yards. Tackle by 38-Michael Young.</t>
   </si>
@@ -1613,102 +1613,102 @@
   <si>
     <t>3-9-LON 29 (6:13) 5-Moises King ran to LON 29 for -1 yards. Tackle by 52-Joseph Barnett.</t>
   </si>
   <si>
     <t>4-9-LON 29 (5:27) 12-Fred Ellis pass complete to 88-Robert Cooper to LYN 23 for 48 yards.</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>1-10-LYN 23 (5:01) 12-Fred Ellis pass Pass knocked down by 94-Peter Mason. incomplete, intended for 5-Moises King.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>2-10-LYN 23 (4:58) 12-Fred Ellis pass complete to 89-Jay McLean to LYN 17 for 6 yards. Tackle by 38-Michael Young.</t>
   </si>
   <si>
     <t>3-4-LYN 17 (4:34) 12-Fred Ellis pass complete to 14-Christopher Waterfield to LYN 0 for 17 yards. Tackle by 23-Michael Reynosa. Great move by 14-Christopher Waterfield to get free of his coverage.</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
-    <t>BLJ 0</t>
+    <t>APK 0</t>
   </si>
   <si>
     <t>1-1-LYN 0 (4:10) 12-Fred Ellis pass complete to 19-Tyler Sorg for 0 yards. TOUCHDOWN! LYN 20 LON 12</t>
   </si>
   <si>
     <t>#15 William Berger - WR</t>
   </si>
   <si>
     <t>4:06</t>
   </si>
   <si>
-    <t>BLJ 15</t>
+    <t>APK 15</t>
   </si>
   <si>
     <t>(4:07) Extra point GOOD by 7-David Christopherso. LYN 20 LON 13</t>
   </si>
   <si>
     <t>(4:07) 7-David Christopherso kicks 67 yards from LON 35 to LYN -2. 37-Manuel Hamm to LYN 24 for 26 yards. Tackle by 84-Carlos Fowler.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
-    <t>BLJ 24</t>
+    <t>APK 24</t>
   </si>
   <si>
     <t>1-10-LYN 24 (4:02) 33-Paul Gilbert ran to LYN 24 for a short loss. Tackle by 92-Mark Carter. 69-Martin Simmons missed that block completely.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>2-10-LYN 24 (3:24) 35-Joseph Stewart ran to LYN 25 for 1 yards. Tackle by 92-Mark Carter. PENALTY - Holding (LYN 33-Paul Gilbert)</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>2-20-LYN 15 (3:22) 35-Joseph Stewart ran to LYN 31 for 17 yards. Tackle by 22-Michael Daub. LYN 35-Joseph Stewart was injured on the play.</t>
   </si>
   <si>
     <t>2:49</t>
   </si>
   <si>
     <t>3-3-LYN 31 (2:48) 37-Manuel Hamm ran to LYN 36 for 5 yards. Tackle by 47-Philip Savage.</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
-    <t>BLJ 36</t>
+    <t>APK 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-LYN 36 (2:05) 29-Rudolph Tarr ran to LYN 45 for 8 yards. Tackle by 22-Michael Daub.</t>
   </si>
   <si>
     <t>2-2-LYN 45 (2:00) 37-Manuel Hamm ran to LYN 46 for 1 yards. Tackle by 2-Michael Patterson.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>3-1-LYN 46 (1:57) 33-Paul Gilbert ran to LYN 46 for a short loss. Tackle by 59-James Vince.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>1:52</t>
   </si>