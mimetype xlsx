--- v0 (2025-10-18)
+++ v1 (2025-11-17)
@@ -488,69 +488,69 @@
   <si>
     <t>#61 Ralph Unruh - C</t>
   </si>
   <si>
     <t>#65 Rick Nichols - C</t>
   </si>
   <si>
     <t>#45 Sean Dever - CB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>ATC 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-ATC 24 (12:57) 34-Paul Benson ran to ATC 25 for a short gain. Tackle by 97-Matthew Flickinger. PENALTY - Holding (ATC 60-Pedro White)</t>
   </si>
   <si>
-    <t>#8 Harold Elkins - QB</t>
+    <t>#16 Harold Elkins - QB</t>
   </si>
   <si>
     <t>#34 Paul Benson - RB</t>
   </si>
   <si>
     <t>#42 Jim Schneider - FB</t>
   </si>
   <si>
     <t>#85 Paul Bruce - TE</t>
   </si>
   <si>
     <t>#82 Ross Babcock - WR</t>
   </si>
   <si>
     <t>#12 Julian Dorey - WR</t>
   </si>
   <si>
-    <t>#65 Larry Lewis - LT</t>
+    <t>#65 Larry Lewis - RG</t>
   </si>
   <si>
     <t>#69 David Eggert - RG</t>
   </si>
   <si>
     <t>#60 Pedro White - C</t>
   </si>
   <si>
     <t>#75 Aaron Palmer - RG</t>
   </si>
   <si>
     <t>#74 Wesley Richardson - RT</t>
   </si>
   <si>
     <t>#95 Miguel Moore - RDE</t>
   </si>
   <si>
     <t>#90 Mario Darley - SLB</t>
   </si>
   <si>
     <t>#29 Gerald Shelton - CB</t>
   </si>
   <si>
     <t>#44 Mark Wright - FS</t>
   </si>
@@ -1544,51 +1544,51 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-6-ATC 48 (13:42) 8-David Stringfellow pass complete to 82-Steven Knapp to ATC 48 for a short gain. Tackle by 23-Robert Gonzalez.</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>3-6-ATC 48 (13:05) 8-David Stringfellow pass complete to 82-Steven Knapp to ATC 36 for 12 yards. Tackle by 26-Ernest Beasley.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>1-10-ATC 36 (12:29) 8-David Stringfellow pass complete to 34-Wade Brown to ATC 28 for 8 yards. Tackle by 99-Reginald Solomon.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>2-2-ATC 28 (11:46) 24-Jose Vinson ran to ATC 19 for 9 yards. Tackle by 97-Roger Brooks. ATC 79-Samuel Williams was injured on the play.</t>
   </si>
   <si>
-    <t>#35 James Green - WR</t>
+    <t>#83 James Green - WR</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>ATC 19</t>
   </si>
   <si>
     <t>1-10-ATC 19 (11:09) 8-David Stringfellow pass complete to 22-Edward Carter to ATC 13 for 6 yards. Tackle by 99-Reginald Solomon. Nice job by 22-Edward Carter on that route to lose his coverage.</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>ATC 13</t>
   </si>
   <si>
     <t>2-4-ATC 13 (10:32) 8-David Stringfellow pass Pass knocked down by 29-Sean Dever. incomplete, intended for 24-Jose Vinson.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
@@ -2148,51 +2148,51 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>