--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 9-Gregory Dejean kicks 74 yards from ATC 35 to WEL -9. Touchback.</t>
   </si>
   <si>
     <t>#87 James Donovan - WR</t>
   </si>
   <si>
     <t>#64 Lamar Walsh - LDE</t>
   </si>
   <si>
     <t>#67 Matthew Ackerman - DT</t>
   </si>
   <si>
     <t>#53 Wade Snyder - WLB</t>
   </si>
   <si>
     <t>#94 Courtney Corbin - SLB</t>
   </si>
   <si>
     <t>#38 Derrick Collins - SS</t>
   </si>
   <si>
     <t>#20 Frank Haas - CB</t>
   </si>
   <si>
-    <t>#54 Scott Nemeth - WLB</t>
+    <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#52 Alberto Noble - DT</t>
   </si>
   <si>
     <t>#37 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#97 Matthew Flickinger - MLB</t>
   </si>
   <si>
     <t>#9 Gregory Dejean - K</t>
   </si>
   <si>
     <t>TRT</t>
   </si>
   <si>
     <t>TRT 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>#8 David Stringfellow - QB</t>
   </si>
   <si>
     <t>#22 Edward Carter - RB</t>
   </si>
   <si>
     <t>#24 Jose Vinson - RB</t>
   </si>
   <si>
     <t>#68 Wade Brown - RT</t>
   </si>
   <si>
     <t>#80 Samuel Lando - TE</t>
   </si>
   <si>
     <t>#89 Christian Cox - TE</t>
   </si>
   <si>
     <t>#59 Steve Lynch - LG</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
-    <t>#64 Kent Hill - C</t>
+    <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#60 Robert Frazer - RG</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#11 Francis Falcone - RDE</t>
   </si>
   <si>
     <t>#59 Edward Richardson - LDE</t>
   </si>
   <si>
     <t>#94 Robert Miles - DT</t>
   </si>
   <si>
     <t>#73 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#70 Roger Brooks - RDE</t>
   </si>
   <si>
     <t>#99 Reginald Solomon - SLB</t>
   </si>
@@ -464,54 +464,54 @@
   <si>
     <t>3-8-WEL 27 (13:47) 22-Edward Carter ran to WEL 29 for 3 yards. Tackle by 58-Jack White.</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-WEL 29 (13:04) 6-David Johnson punts 46 yards to ATC 24. Fair Catch by 12-Robert Thompson.</t>
   </si>
   <si>
     <t>#6 David Johnson - P</t>
   </si>
   <si>
     <t>#12 Robert Thompson - WR</t>
   </si>
   <si>
     <t>#53 Jerome Villa - MLB</t>
   </si>
   <si>
-    <t>#61 Ralph Unruh - C</t>
-[...2 lines deleted...]
-    <t>#65 Rick Nichols - C</t>
+    <t>#79 Ralph Unruh - C</t>
+  </si>
+  <si>
+    <t>#73 Rick Nichols - RT</t>
   </si>
   <si>
     <t>#45 Sean Dever - CB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>ATC 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-ATC 24 (12:57) 34-Paul Benson ran to ATC 25 for a short gain. Tackle by 97-Matthew Flickinger. PENALTY - Holding (ATC 60-Pedro White)</t>
   </si>
   <si>
     <t>#16 Harold Elkins - QB</t>
   </si>
   <si>
     <t>#34 Paul Benson - RB</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>4-2-ATC 33 (1:59) 15-Patrick Martinez punts 55 yards to WEL 13. 12-James Donovan to WEL 22 for 10 yards. Tackle by 58-Jack White. 96-Courtney Corbin was completely beat on that play.</t>
   </si>
   <si>
     <t>#15 Patrick Martinez - P</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>TRT 22</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WEL 22 (1:50) 8-David Stringfellow pass complete to 22-Edward Carter to WEL 27 for 5 yards. Tackle by 26-Ernest Beasley. Nice job by 22-Edward Carter on that route to lose his coverage. Pressure by 95-Francis Falcone.</t>
   </si>
   <si>
     <t>#98 John Hayes - DT</t>
   </si>
   <si>
-    <t>#54 Frank Longfellow - MLB</t>
+    <t>#40 Frank Longfellow - SS</t>
   </si>
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-5-WEL 27 (1:14) 8-David Stringfellow pass complete to 16-Gary Brown to WEL 40 for 13 yards. Tackle by 47-Frank Sherrod.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>TRT 40</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>1-10-WEL 40 (0:39) 8-David Stringfellow pass complete to 34-Wade Brown to WEL 38 for -2 yards. Tackle by 23-Robert Gonzalez.</t>
   </si>
@@ -1016,51 +1016,51 @@
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>1-10-WEL 41 (8:07) 34-Paul Benson ran to WEL 41 for a short gain. Tackle by 67-Matthew Ackerman.</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>2-10-WEL 41 (7:30) 2-Harold Elkins pass complete to 34-Paul Benson to WEL 35 for 6 yards. Tackle by 97-Matthew Flickinger. ATC 65-Larry Lewis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>TRT 35</t>
   </si>
   <si>
     <t>3-4-WEL 35 (6:49) 2-Harold Elkins pass incomplete, dropped by 85-Paul Bruce. The coverage on that play was extremely tight. 4-Frank Haas got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#61 Jose Burress - RT</t>
+    <t>#61 Jose Burress - LT</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>4-4-WEL 35 (6:47) 9-Gregory Dejean 53 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>TRT 42</t>
   </si>
   <si>
     <t>Split Backs Normal WR Deep Corner</t>
   </si>
   <si>
     <t>1-10-WEL 42 (6:43) 8-David Stringfellow pass Pass knocked down by 31-Tommy Redwine. incomplete, intended for 80-Samuel Lando. PENALTY - Offsides (ATC 79-Samuel Williams)</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>TRT 47</t>
   </si>
@@ -2160,51 +2160,51 @@
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">