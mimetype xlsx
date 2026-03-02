--- v2 (2025-12-20)
+++ v3 (2026-03-02)
@@ -314,51 +314,51 @@
   <si>
     <t>#53 Wade Snyder - WLB</t>
   </si>
   <si>
     <t>#94 Courtney Corbin - SLB</t>
   </si>
   <si>
     <t>#38 Derrick Collins - SS</t>
   </si>
   <si>
     <t>#20 Frank Haas - CB</t>
   </si>
   <si>
     <t>#93 Scott Nemeth - WLB</t>
   </si>
   <si>
     <t>#52 Alberto Noble - DT</t>
   </si>
   <si>
     <t>#37 Chris Anderson - SS</t>
   </si>
   <si>
     <t>#97 Matthew Flickinger - MLB</t>
   </si>
   <si>
-    <t>#9 Gregory Dejean - K</t>
+    <t>#18 Gregory Dejean - K</t>
   </si>
   <si>
     <t>TRT</t>
   </si>
   <si>
     <t>TRT 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-WEL 25 (15:00) 22-Edward Carter ran to WEL 29 for 4 yards. Tackle by 58-Jack White.</t>
   </si>
   <si>
     <t>#8 David Stringfellow - QB</t>
   </si>
   <si>
     <t>#22 Edward Carter - RB</t>
   </si>
   <si>
     <t>#24 Jose Vinson - RB</t>
   </si>
@@ -368,57 +368,57 @@
   <si>
     <t>#80 Samuel Lando - TE</t>
   </si>
   <si>
     <t>#89 Christian Cox - TE</t>
   </si>
   <si>
     <t>#59 Steve Lynch - LG</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#60 Robert Frazer - RG</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#11 Francis Falcone - RDE</t>
   </si>
   <si>
-    <t>#59 Edward Richardson - LDE</t>
+    <t>#96 Edward Richardson - LDE</t>
   </si>
   <si>
     <t>#94 Robert Miles - DT</t>
   </si>
   <si>
-    <t>#73 Samuel Williams - DT</t>
+    <t>#94 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#70 Roger Brooks - RDE</t>
   </si>
   <si>
     <t>#99 Reginald Solomon - SLB</t>
   </si>
   <si>
     <t>#59 Jack White - MLB</t>
   </si>
   <si>
     <t>#53 Jose Hammonds - WLB</t>
   </si>
   <si>
     <t>#25 Robert Gonzalez - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#26 Ernest Beasley - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#16 Harold Elkins - QB</t>
   </si>
   <si>
     <t>#34 Paul Benson - RB</t>
   </si>
   <si>
     <t>#42 Jim Schneider - FB</t>
   </si>
   <si>
     <t>#85 Paul Bruce - TE</t>
   </si>
   <si>
     <t>#82 Ross Babcock - WR</t>
   </si>
   <si>
     <t>#12 Julian Dorey - WR</t>
   </si>
   <si>
     <t>#65 Larry Lewis - RG</t>
   </si>
   <si>
     <t>#69 David Eggert - RG</t>
   </si>
   <si>
-    <t>#60 Pedro White - C</t>
+    <t>#62 Pedro White - RT</t>
   </si>
   <si>
     <t>#75 Aaron Palmer - RG</t>
   </si>
   <si>
     <t>#74 Wesley Richardson - RT</t>
   </si>
   <si>
     <t>#95 Miguel Moore - RDE</t>
   </si>
   <si>
     <t>#90 Mario Darley - SLB</t>
   </si>
   <si>
     <t>#29 Gerald Shelton - CB</t>
   </si>
   <si>
     <t>#44 Mark Wright - FS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>ATC 14</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>4-2-ATC 33 (1:59) 15-Patrick Martinez punts 55 yards to WEL 13. 12-James Donovan to WEL 22 for 10 yards. Tackle by 58-Jack White. 96-Courtney Corbin was completely beat on that play.</t>
   </si>
   <si>
     <t>#15 Patrick Martinez - P</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>TRT 22</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WEL 22 (1:50) 8-David Stringfellow pass complete to 22-Edward Carter to WEL 27 for 5 yards. Tackle by 26-Ernest Beasley. Nice job by 22-Edward Carter on that route to lose his coverage. Pressure by 95-Francis Falcone.</t>
   </si>
   <si>
-    <t>#98 John Hayes - DT</t>
+    <t>#95 John Hayes - DT</t>
   </si>
   <si>
     <t>#40 Frank Longfellow - SS</t>
   </si>
   <si>
     <t>1:15</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-5-WEL 27 (1:14) 8-David Stringfellow pass complete to 16-Gary Brown to WEL 40 for 13 yards. Tackle by 47-Frank Sherrod.</t>
   </si>
   <si>
     <t>0:40</t>
   </si>
   <si>
     <t>TRT 40</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
@@ -2127,91 +2127,91 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">