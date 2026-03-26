--- v3 (2026-03-02)
+++ v4 (2026-03-26)
@@ -371,51 +371,51 @@
   <si>
     <t>#89 Christian Cox - TE</t>
   </si>
   <si>
     <t>#59 Steve Lynch - LG</t>
   </si>
   <si>
     <t>#51 Clifford Knox - LG</t>
   </si>
   <si>
     <t>#60 Kent Hill - C</t>
   </si>
   <si>
     <t>#60 Robert Frazer - RG</t>
   </si>
   <si>
     <t>#51 Loren Blue - LT</t>
   </si>
   <si>
     <t>#11 Francis Falcone - RDE</t>
   </si>
   <si>
     <t>#96 Edward Richardson - LDE</t>
   </si>
   <si>
-    <t>#94 Robert Miles - DT</t>
+    <t>#64 Robert Miles - DT</t>
   </si>
   <si>
     <t>#94 Samuel Williams - DT</t>
   </si>
   <si>
     <t>#70 Roger Brooks - RDE</t>
   </si>
   <si>
     <t>#99 Reginald Solomon - SLB</t>
   </si>
   <si>
     <t>#59 Jack White - MLB</t>
   </si>
   <si>
     <t>#53 Jose Hammonds - WLB</t>
   </si>
   <si>
     <t>#25 Robert Gonzalez - CB</t>
   </si>
   <si>
     <t>#7 Frank Sherrod - CB</t>
   </si>
   <si>
     <t>#26 Ernest Beasley - FS</t>
   </si>