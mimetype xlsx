--- v0 (2025-10-16)
+++ v1 (2025-12-18)
@@ -377,54 +377,54 @@
   <si>
     <t>#74 Nicholas Weston - C</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#78 Armand Robertson - RT</t>
   </si>
   <si>
     <t>#69 William Packard - SS</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#50 Chester Frazee - SLB</t>
   </si>
   <si>
-    <t>#8 James Habersham Jr. - MLB</t>
-[...2 lines deleted...]
-    <t>#55 Robbie Farley - WLB</t>
+    <t>#57 James Habersham Jr. - MLB</t>
+  </si>
+  <si>
+    <t>#94 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#29 Michael Emerson - CB</t>
   </si>
   <si>
     <t>#41 Jerry Sartor - SS</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-10-MTL 25 (14:19) 33-Scott Shields ran to MTL 33 for 8 yards. Tackle by 30-Roger Honaker.</t>
   </si>
@@ -464,51 +464,51 @@
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MTL 37 (13:02) 11-John Corby pass incomplete, intended for 87-Adam Kenney.</t>
   </si>
   <si>
     <t>#59 Dewey Cox - MLB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-10-MTL 37 (13:00) 11-John Corby pass Pass knocked down by 28-Charles Canchola. incomplete, intended for 81-Travis Vanwinkle.</t>
   </si>
   <si>
     <t>#33 Joshua Stone - CB</t>
   </si>
   <si>
-    <t>#29 Atrak Nekatu - CB</t>
+    <t>#29 Atrak Nekatu - FS</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>3-10-MTL 37 (12:57) 11-John Corby pass INTERCEPTED by 41-Jerry Sartor at MTL 45. 41-Jerry Sartor to MTL 43 for 2 yards. Tackle by 87-Adam Kenney.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>MTL 43</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -530,105 +530,105 @@
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
     <t>#80 Mason Jahr - WR</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#74 Willie Alexander - LT</t>
   </si>
   <si>
     <t>#67 Stephen Mixon - RT</t>
   </si>
   <si>
     <t>#79 Richard Pace - LDE</t>
   </si>
   <si>
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#76 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#55 Matthew Jones - DT</t>
   </si>
   <si>
     <t>#90 Paul Campbell - LDE</t>
   </si>
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#34 Pierre Carter - CB</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>ROC 48</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>2-18-ROC 48 (12:18) 9-Justin Hulbert pass Pass knocked down by 53-Jerome Dam. incomplete, intended for 88-Willie Peters.</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
-    <t>#63 Kenneth Galindo - C</t>
+    <t>#68 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#70 Erwin Phillips - LT</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-18-ROC 48 (12:15) 9-Justin Hulbert pass Pass knocked down by 56-Charles McNeil. incomplete, intended for 33-Michael Walters.</t>
   </si>
   <si>
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#40 George Jones - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-ROC 48 (12:12) 13-Marcus Testa punts 55 yards to MTL -3.4-18-ROC 48 (12:12) 13-Marcus Testa punts 55 yards to MTL -3. Touchback.</t>
   </si>
   <si>
     <t>#13 Marcus Testa - P</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>MTL 20</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>ROC 29</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-9-ROC 29 (9:21) 9-Justin Hulbert pass complete to 33-Michael Walters to MTL 8 for 63 yards. Pushed out of bounds by 25-Robert Leonard. ROC 70-Max Schneider was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>MTL 8</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-8-MTL 8 (8:28) 9-Justin Hulbert pass complete to 7-Herbert Creech to MTL 4 for 4 yards. Tackle by 34-Pierre Carter. ROC 65-Edward Han was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#86 Herbert Creech - TE</t>
+    <t>#84 Herbert Creech - TE</t>
   </si>
   <si>
     <t>#86 Eric Hutchinson - TE</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#1 Steven Howell - WR</t>
   </si>
   <si>
     <t>#61 Raymond Decarlo - C</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>MTL 4</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-MTL 4 (7:47) 25-Jeffery Lewis ran to MTL 3 for 2 yards. Tackle by 40-George Jones.</t>
   </si>
@@ -2296,75 +2296,75 @@
     <col min="12" max="12" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">