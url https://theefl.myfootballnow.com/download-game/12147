--- v1 (2025-12-18)
+++ v2 (2026-01-16)
@@ -290,51 +290,51 @@
   <si>
     <t>ROC</t>
   </si>
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Charles Oakes kicks 74 yards from ROC 35 to MTL -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Ralph Ferro - WR</t>
   </si>
   <si>
     <t>#50 William Smith - MLB</t>
   </si>
   <si>
     <t>#88 Wayne Whitson - RB</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#98 Jerome Dam - SLB</t>
   </si>
   <si>
     <t>#45 Richard Moore - FS</t>
   </si>
   <si>
     <t>#99 Lewis Douglas - DT</t>
   </si>
   <si>
     <t>#25 Robert Leonard - SS</t>
   </si>
   <si>
     <t>#56 Charles McNeil - MLB</t>
   </si>
   <si>
     <t>#97 David Bowser - DT</t>
   </si>
   <si>
     <t>#56 Steven Nicely - SLB</t>
   </si>
   <si>
     <t>#15 Charles Oakes - K</t>
   </si>
@@ -347,51 +347,51 @@
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MTL 25 (15:00) 33-Scott Shields ran to MTL 25 for a short loss. Tackle by 89-William Packard.</t>
   </si>
   <si>
     <t>#10 John Corby - QB</t>
   </si>
   <si>
     <t>#33 Scott Shields - RB</t>
   </si>
   <si>
     <t>#36 Alfred Parke - FB</t>
   </si>
   <si>
     <t>#12 Alex Krueger - WR</t>
   </si>
   <si>
     <t>#87 Adam Kenney - WR</t>
   </si>
   <si>
-    <t>#56 Jim Bynum - RT</t>
+    <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#68 Jason Sanders - LT</t>
   </si>
   <si>
     <t>#74 Nicholas Weston - C</t>
   </si>
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#78 Armand Robertson - RT</t>
   </si>
   <si>
     <t>#69 William Packard - SS</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
@@ -563,90 +563,90 @@
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#34 Pierre Carter - CB</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>ROC 48</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>2-18-ROC 48 (12:18) 9-Justin Hulbert pass Pass knocked down by 53-Jerome Dam. incomplete, intended for 88-Willie Peters.</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#70 Erwin Phillips - LT</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-18-ROC 48 (12:15) 9-Justin Hulbert pass Pass knocked down by 56-Charles McNeil. incomplete, intended for 33-Michael Walters.</t>
   </si>
   <si>
     <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#40 George Jones - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-ROC 48 (12:12) 13-Marcus Testa punts 55 yards to MTL -3.4-18-ROC 48 (12:12) 13-Marcus Testa punts 55 yards to MTL -3. Touchback.</t>
   </si>
   <si>
-    <t>#13 Marcus Testa - P</t>
+    <t>#1 Marcus Testa - P</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>MTL 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MTL 20 (12:04) 33-Scott Shields ran to MTL 23 for 3 yards. Tackle by 52-Chester Frazee.</t>
   </si>
   <si>
     <t>#23 Marcus Carwile - RB</t>
   </si>
   <si>
     <t>#20 Terry Velazquez - RB</t>
   </si>
   <si>
     <t>#77 Robert Davis - RDE</t>
   </si>
@@ -839,51 +839,51 @@
   <si>
     <t>2-12-MTL 0 (5:47) 33-Scott Shields ran to MTL 6 for 6 yards. Tackle by 59-Raymond Matthews.</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>MTL 6</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-6-MTL 6 (5:01) 11-John Corby pass complete to 85-Ralph Ferro to MTL 10 for 4 yards. Tackle by 44-Michael Emerson. 44-Michael Emerson got away with a hold on that play. MTL 72-Jim Bynum was injured on the play. He looks like he should be able to return. PENALTY - Facemask (ROC 44-Michael Emerson)</t>
   </si>
   <si>
     <t>#32 David Leonard - RB</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>1-10-MTL 25 (4:57) 33-Scott Shields ran to MTL 42 for 17 yards. Tackle by 20-Hopper Binz.</t>
   </si>
   <si>
-    <t>#79 Nicholas Moore - LG</t>
+    <t>#60 Nicholas Moore - LG</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>MTL 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-MTL 42 (4:15) 32-David Leonard ran to MTL 39 for -3 yards. Tackle by 55-Robbie Farley.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>MTL 39</t>
   </si>
   <si>
     <t>Singleback 4 Wide Clear Center</t>
   </si>
   <si>
     <t>Dime Normal 4 Deep Zone under</t>
   </si>
@@ -2289,69 +2289,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="352.628" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>