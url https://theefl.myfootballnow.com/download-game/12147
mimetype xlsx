--- v2 (2026-01-16)
+++ v3 (2026-03-17)
@@ -380,99 +380,99 @@
   <si>
     <t>#69 John Burton - RG</t>
   </si>
   <si>
     <t>#78 Armand Robertson - RT</t>
   </si>
   <si>
     <t>#69 William Packard - SS</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#50 Chester Frazee - SLB</t>
   </si>
   <si>
     <t>#57 James Habersham Jr. - MLB</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#29 Michael Emerson - CB</t>
   </si>
   <si>
     <t>#41 Jerry Sartor - SS</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-10-MTL 25 (14:19) 33-Scott Shields ran to MTL 33 for 8 yards. Tackle by 30-Roger Honaker.</t>
   </si>
   <si>
     <t>#33 Jason Drummond - CB</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>MTL 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>3-2-MTL 33 (13:45) 33-Scott Shields ran to MTL 37 for 5 yards. Tackle by 30-Roger Honaker. ROC 8-James Habersham Jr. was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 Travis Vanwinkle - TE</t>
   </si>
   <si>
-    <t>#33 Charles Canchola - CB</t>
+    <t>#28 Charles Canchola - CB</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>MTL 37</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MTL 37 (13:02) 11-John Corby pass incomplete, intended for 87-Adam Kenney.</t>
   </si>
   <si>
     <t>#59 Dewey Cox - MLB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#52 Harry McDaniel - SLB</t>
   </si>
   <si>
     <t>#34 Pierre Carter - CB</t>
   </si>
   <si>
     <t>#46 Walter Barlow - FS</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>ROC 48</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>2-18-ROC 48 (12:18) 9-Justin Hulbert pass Pass knocked down by 53-Jerome Dam. incomplete, intended for 88-Willie Peters.</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#63 Micheal Horvath - RG</t>
   </si>
   <si>
     <t>#70 Erwin Phillips - LT</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-18-ROC 48 (12:15) 9-Justin Hulbert pass Pass knocked down by 56-Charles McNeil. incomplete, intended for 33-Michael Walters.</t>
   </si>
   <si>
     <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#40 George Jones - CB</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
   <si>
     <t>#1 Steven Howell - WR</t>
   </si>
   <si>
     <t>#61 Raymond Decarlo - C</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>MTL 4</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-MTL 4 (7:47) 25-Jeffery Lewis ran to MTL 3 for 2 yards. Tackle by 40-George Jones.</t>
   </si>
   <si>
     <t>#35 Jeffery Lewis - RB</t>
   </si>
   <si>
-    <t>#94 Daniel Whitney - MLB</t>
+    <t>#56 Daniel Whitney - MLB</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>MTL 3</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-3-MTL 3 (7:02) 25-Jeffery Lewis ran to MTL 2 for 1 yards. Tackle by 52-Harry McDaniel.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>MTL 2</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>