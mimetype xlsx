--- v0 (2025-10-29)
+++ v1 (2025-12-29)
@@ -551,51 +551,51 @@
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-9-STL 21 (9:48) 23-Ted Petersen ran to STL 14 for 8 yards. Tackle by 24-Moises Hughes.</t>
   </si>
   <si>
     <t>#24 Moises Hughes - SS</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>STL 14</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-STL 14 (9:10) 18-Harry Bock 31 yard field goal is GOOD. STL 0 CCM 3</t>
   </si>
   <si>
-    <t>#8 Malcolm Rife - P</t>
+    <t>#5 Malcolm Rife - P</t>
   </si>
   <si>
     <t>#53 Leonard Smith - C</t>
   </si>
   <si>
     <t>#18 Harry Bock - K</t>
   </si>
   <si>
     <t>#89 Edmund West - TE</t>
   </si>
   <si>
     <t>#57 Robert Lindsey - SLB</t>
   </si>
   <si>
     <t>#94 Danny Siegle - LDE</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>BSM 35</t>
   </si>
   <si>
     <t>(9:07) 18-Harry Bock kicks 68 yards from CCM 35 to STL -3. Touchback.</t>
   </si>