--- v1 (2025-12-29)
+++ v2 (2026-01-28)
@@ -626,57 +626,57 @@
   <si>
     <t>#86 Anthony Cartwright - TE</t>
   </si>
   <si>
     <t>#31 Matthew Wade - FB</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
     <t>#69 Joseph Lemond - C</t>
   </si>
   <si>
     <t>#68 Tommy Eddy - RG</t>
   </si>
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
     <t>#97 David Osby - LDE</t>
   </si>
   <si>
-    <t>#66 Werner Hoyt - LDE</t>
+    <t>#51 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>#82 Justin Wilson - DT</t>
   </si>
   <si>
-    <t>#75 Laverne Thomas - RDE</t>
+    <t>#56 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>#93 Ron Smith - MLB</t>
   </si>
   <si>
     <t>#50 Roberto Gonzales - WLB</t>
   </si>
   <si>
     <t>#35 Jeffrey Carr - SS</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>Timeout STL</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>STL 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>