--- v2 (2026-01-28)
+++ v3 (2026-03-06)
@@ -359,51 +359,51 @@
   <si>
     <t>#14 Moises Coleman - RB</t>
   </si>
   <si>
     <t>#29 Joseph Moore - FB</t>
   </si>
   <si>
     <t>#86 Jarvis Jarnigan - TE</t>
   </si>
   <si>
     <t>#57 Charles Yee - LT</t>
   </si>
   <si>
     <t>#64 Norman Petty - LG</t>
   </si>
   <si>
     <t>#55 Frank Brockett - C</t>
   </si>
   <si>
     <t>#75 William Wiedeman - RG</t>
   </si>
   <si>
     <t>#73 Chester Swartz - RT</t>
   </si>
   <si>
-    <t>#19 Joseph Louque - LDE</t>
+    <t>#79 Joseph Louque - LDE</t>
   </si>
   <si>
     <t>#66 Maurice Hamilton - RDE</t>
   </si>
   <si>
     <t>#95 Dennis Barras - DT</t>
   </si>
   <si>
     <t>#92 Gary Anderson - DT</t>
   </si>
   <si>
     <t>#53 David Myers - RDE</t>
   </si>
   <si>
     <t>#53 Jose Plott - SLB</t>
   </si>
   <si>
     <t>#97 Anthony Bacon - MLB</t>
   </si>
   <si>
     <t>#55 Gerard Huss - WLB</t>
   </si>
   <si>
     <t>#45 Larry Robson - CB</t>
   </si>
@@ -605,60 +605,60 @@
   <si>
     <t>STL 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-STL 25 (9:07) 33-Raymond Edwards ran to STL 24 for -1 yards. Tackle by 93-Ron Smith.</t>
   </si>
   <si>
     <t>#9 Richard Williams - QB</t>
   </si>
   <si>
     <t>#33 Raymond Edwards - RB</t>
   </si>
   <si>
     <t>#44 James Leigh - RB</t>
   </si>
   <si>
     <t>#26 Douglas Camacho - FB</t>
   </si>
   <si>
     <t>#86 Anthony Cartwright - TE</t>
   </si>
   <si>
-    <t>#31 Matthew Wade - FB</t>
+    <t>#31 Matthew Wade - RB</t>
   </si>
   <si>
     <t>#59 Ryan Henderson - LT</t>
   </si>
   <si>
     <t>#77 Philip Lee - LG</t>
   </si>
   <si>
-    <t>#69 Joseph Lemond - C</t>
+    <t>#66 Joseph Lemond - RG</t>
   </si>
   <si>
     <t>#68 Tommy Eddy - RG</t>
   </si>
   <si>
     <t>#52 Roscoe Montoya - RT</t>
   </si>
   <si>
     <t>#97 David Osby - LDE</t>
   </si>
   <si>
     <t>#51 Werner Hoyt - LDE</t>
   </si>
   <si>
     <t>#82 Justin Wilson - DT</t>
   </si>
   <si>
     <t>#56 Laverne Thomas - RDE</t>
   </si>
   <si>
     <t>#93 Ron Smith - MLB</t>
   </si>
   <si>
     <t>#50 Roberto Gonzales - WLB</t>
   </si>