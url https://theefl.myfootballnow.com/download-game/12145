--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -692,51 +692,51 @@
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MFs 41 (10:15) 9-Roy Reading pass complete to 87-Louie McIntosh to MIL 20 for 39 yards. Tackle by 26-Kenneth David.</t>
   </si>
   <si>
     <t>#81 Duke Shamblin - TE</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>BRB 20</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-MIL 20 (9:29) 41-Paul Chatman ran to MIL 9 for 11 yards. Tackle by 55-Terry Salvatore.</t>
   </si>
   <si>
-    <t>#41 Paul Chatman - RB</t>
+    <t>#33 Paul Chatman - RB</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>BRB 9</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-9-MIL 9 (8:42) 9-Roy Reading pass complete to 12-Jay Gordon to MIL 1 for 8 yards. Tackle by 26-Kenneth David.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>BRB 1</t>
   </si>
   <si>
     <t>2-1-MIL 1 (8:02) 21-Darrell Rees ran for 1 yards. TOUCHDOWN! MFs 6 MIL 0</t>
   </si>