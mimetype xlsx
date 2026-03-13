--- v1 (2025-11-05)
+++ v2 (2026-03-13)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 6-Joe Davis kicks 67 yards from MFs 35 to MIL -2. Touchback.</t>
   </si>
   <si>
     <t>#44 John Doty - RB</t>
   </si>
   <si>
     <t>#61 Kenneth Romo - LDE</t>
   </si>
   <si>
     <t>#55 Terry Salvatore - SS</t>
   </si>
   <si>
     <t>#71 Robert Goldsmith - RDE</t>
   </si>
   <si>
     <t>#26 Kenneth David - CB</t>
   </si>
   <si>
     <t>#90 Roosevelt Murray - DT</t>
   </si>
   <si>
     <t>#50 Daniel Birch - WLB</t>
   </si>
   <si>
-    <t>#77 Philip Espinoza - RDE</t>
+    <t>#77 Philip Espinoza - LDE</t>
   </si>
   <si>
     <t>#59 Rex Hershberger - SLB</t>
   </si>
   <si>
     <t>#55 Gregory Vestal - SLB</t>
   </si>
   <si>
     <t>#52 Stephan Jackson - WLB</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>BRB</t>
   </si>
   <si>
     <t>BRB 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -371,60 +371,60 @@
   <si>
     <t>#60 Dylan Weiner - LT</t>
   </si>
   <si>
     <t>#56 Charles Moore - LG</t>
   </si>
   <si>
     <t>#51 Robert Mosier - C</t>
   </si>
   <si>
     <t>#66 Walter Lawson - LT</t>
   </si>
   <si>
     <t>#73 Jonathan Taylor - RT</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
-    <t>#91 Robert Thibodaux - RDE</t>
+    <t>#73 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
-    <t>#52 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>#39 Anthony Wills - CB</t>
   </si>
   <si>
     <t>#25 Ronald Perkins - CB</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#23 Paul Hodson - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-MIL 25 (14:58) 2-Daniel Bourgault pass Pass knocked down by 53-Eddie Bartsch. incomplete, intended for 83-Trent Wicker.</t>
   </si>
@@ -449,87 +449,87 @@
   <si>
     <t>#23 Lonnie Ponder - FB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>BRB 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-MIL 30 (14:11) 19-Terry Jones punts 48 yards to MFs 22. 3-Edward Teach to MFs 24 for 2 yards. Tackle by 71-Robert Goldsmith. MFs 95-Alfred Miller was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 Terry Jones - P</t>
   </si>
   <si>
-    <t>#3 Edward Teach - WR</t>
+    <t>#17 Edward Teach - WR</t>
   </si>
   <si>
     <t>#31 Joseph Harman - CB</t>
   </si>
   <si>
     <t>#70 Kenny Jenkins - LG</t>
   </si>
   <si>
     <t>#70 Jessie Chavez - RG</t>
   </si>
   <si>
-    <t>#59 Russ Turner - C</t>
+    <t>#69 Russ Turner - LT</t>
   </si>
   <si>
     <t>#94 Dusty Russo - LDE</t>
   </si>
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>MFs 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong FS WLB Blitz</t>
   </si>
   <si>
     <t>1-10-MFs 24 (14:03) 33-Timothy Wise ran to MFs 22 for -2 yards. Tackle by 36-Gilbert Caldwell.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#33 Timothy Wise - RB</t>
   </si>
   <si>
     <t>#80 Louie McIntosh - TE</t>
   </si>
   <si>
     <t>#10 Kyle Olson - WR</t>
   </si>
   <si>
     <t>#82 Joel Cashman - WR</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>3-6-MFs 27 (12:46) 21-Darrell Rees ran to MFs 28 for 1 yards. Tackle by 91-Douglas Beamon.</t>
   </si>
   <si>
     <t>#21 Darrell Rees - FB</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>MFs 28</t>
   </si>
   <si>
     <t>4-6-MFs 28 (12:06) 2-Ernesto Garcia punts 49 yards to MIL 23. Fair Catch by 88-John Doty.</t>
   </si>
   <si>
     <t>#2 Ernesto Garcia - P</t>
   </si>
   <si>
     <t>#65 Charles Bailey - RG</t>
   </si>
   <si>
     <t>#77 Ken Trammell - RT</t>
   </si>
   <si>
-    <t>#71 Delbert Grady - RT</t>
+    <t>#76 Delbert Grady - RT</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>BRB 23</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIL 23 (11:59) 2-Daniel Bourgault sacked at MIL 15 for -8 yards (53-Eddie Bartsch). Sack allowed by 66-Walter Lawson.</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>BRB 15</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
@@ -731,72 +731,72 @@
   <si>
     <t>1-9-MIL 9 (8:42) 9-Roy Reading pass complete to 12-Jay Gordon to MIL 1 for 8 yards. Tackle by 26-Kenneth David.</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>BRB 1</t>
   </si>
   <si>
     <t>2-1-MIL 1 (8:02) 21-Darrell Rees ran for 1 yards. TOUCHDOWN! MFs 6 MIL 0</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:00) Extra point GOOD by 6-Joe Davis. MFs 7 MIL 0</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#73 Donald Bell - RT</t>
   </si>
   <si>
     <t>#98 John McLeod - DT</t>
   </si>
   <si>
     <t>(8:00) 6-Joe Davis kicks 62 yards from MFs 35 to MIL 3. 88-John Doty to MIL 21 for 19 yards. Tackle by 37-Terry Gonzalez.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>BRB 21</t>
   </si>
   <si>
     <t>1-10-MIL 21 (7:57) 2-Daniel Bourgault pass Pass knocked down by 27-Carl Ross. incomplete, intended for 83-Trent Wicker.</t>
   </si>
   <si>
-    <t>#96 Cesar Rodiguez - RDE</t>
+    <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>#43 Carl Ross - CB</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-MIL 21 (7:55) 2-Daniel Bourgault pass Pass knocked down by 54-Bob Rankin. incomplete, intended for 33-David Stanek.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-10-MIL 21 (7:51) 2-Daniel Bourgault pass complete to 23-Robert Tyler to MIL 38 for 17 yards. Tackle by 37-Terry Gonzalez.</t>
   </si>
@@ -1493,51 +1493,51 @@
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-2-MFs 41 (9:57) 2-Daniel Bourgault pass Pass knocked down by 53-Eddie Bartsch. incomplete, intended for 83-Trent Wicker. 53-Eddie Bartsch got away with a hold on that play.</t>
   </si>
   <si>
     <t>#17 Daniel Boland - WR</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>3-2-MFs 41 (9:54) 2-Daniel Bourgault pass Pass knocked down by 39-Anthony Wills. incomplete, intended for 28-Aaron Ballard. Pressure by 91-Robert Thibodaux.</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>4-2-MFs 41 (9:50) 16-Nicholas Hawkes 59 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#15 Paul Pettis - QB</t>
+    <t>#14 Paul Pettis - QB</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>MFs 48</t>
   </si>
   <si>
     <t>1-10-MFs 48 (9:46) 21-Darrell Rees ran to MIL 34 for 17 yards. Tackle by 36-Gilbert Caldwell. MIL 79-Roosevelt Murray was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-MIL 34 (9:01) 28-Anthony Fells ran to MIL 37 for -2 yards. Tackle by 52-Stephan Jackson.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>BRB 37</t>
   </si>
@@ -1547,51 +1547,51 @@
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>BRB 42</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>2-17-MIL 42 (8:25) 33-Timothy Wise ran to MIL 34 for 8 yards. Tackle by 55-Terry Salvatore. MFs 33-Timothy Wise was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-10-MIL 34 (7:38) 9-Roy Reading pass complete to 3-Edward Teach to MIL 19 for 16 yards. Tackle by 38-Nelson Douse.</t>
   </si>
   <si>
-    <t>#99 Ronald Lewis - DT</t>
+    <t>#63 Ronald Lewis - DT</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-MIL 19 (7:02) 28-Anthony Fells ran to MIL 19 for a short gain. Tackle by 75-Philip Espinoza. MFs 68-Mark Fisher was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>2-10-MIL 19 (6:22) 9-Roy Reading pass Pass knocked down by 41-Gregorio Williams. incomplete, intended for 3-Edward Teach.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>3-10-MIL 19 (6:19) 9-Roy Reading pass complete to 28-Anthony Fells for 19 yards. TOUCHDOWN! MFs 37 MIL 0</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
@@ -2409,54 +2409,54 @@
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>