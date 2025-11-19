--- v0 (2025-10-16)
+++ v1 (2025-11-19)
@@ -338,51 +338,51 @@
   <si>
     <t>#4 Roy Jules - K</t>
   </si>
   <si>
     <t>OmO</t>
   </si>
   <si>
     <t>OmO 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-BaB 25 (15:00) 36-Matthew Smith ran to BaB 22 for -3 yards. Tackle by 99-Edward Hudson.</t>
   </si>
   <si>
     <t>#7 Brian Curry - QB</t>
   </si>
   <si>
     <t>#40 Hector Norton - TE</t>
   </si>
   <si>
-    <t>#13 James Powell - WR</t>
+    <t>#10 James Powell - WR</t>
   </si>
   <si>
     <t>#80 Roy Roman - WR</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
     <t>#61 Raymond Ewing - LT</t>
   </si>
   <si>
     <t>#61 David McGuire - LG</t>
   </si>
   <si>
     <t>#71 William Hewes - C</t>
   </si>
   <si>
     <t>#58 Ron Nieman - RG</t>
   </si>
   <si>
     <t>#54 Eric Gray - RT</t>
   </si>
   <si>
     <t>#96 James Isler - LDE</t>
   </si>
@@ -410,93 +410,93 @@
   <si>
     <t>#39 Earl Hall - FS</t>
   </si>
   <si>
     <t>#38 Alberto Wicklund - SS</t>
   </si>
   <si>
     <t>#24 David Coleman - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>OmO 22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Strong Cover 2</t>
   </si>
   <si>
     <t>2-13-BaB 22 (14:28) 7-Brian Curry pass incomplete, dropped by 36-Matthew Smith. Excellent coverage on that play.</t>
   </si>
   <si>
-    <t>#69 Johnny Sellers - DT</t>
+    <t>#70 Johnny Sellers - RDE</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-13-BaB 22 (14:24) 7-Brian Curry pass Pass knocked down by 20-Samuel Obrien. incomplete, intended for 89-Mario Hursey.</t>
   </si>
   <si>
     <t>#21 Andrew Crane - RB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-BaB 22 (14:21) 2-Stacey Grant punts 49 yards to BMB 29. Fair Catch by 34-Brian Connelly.</t>
   </si>
   <si>
     <t>#2 Stacey Grant - P</t>
   </si>
   <si>
     <t>#65 James McDermott - C</t>
   </si>
   <si>
-    <t>#89 Brian Connelly - WR</t>
+    <t>#13 Brian Connelly - WR</t>
   </si>
   <si>
     <t>#72 Kim Dickinson - DT</t>
   </si>
   <si>
-    <t>#44 Shane Olsen - FS</t>
+    <t>#25 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#20 William Garrett - LT</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#56 Jose Amore - SLB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>HHH 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BMB 29 (14:14) 34-Brian Connelly ran to BMB 40 for 12 yards. Tackle by 24-Kenneth Fisher.</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>#82 Cornell Young - WR</t>
   </si>
   <si>
     <t>#64 Robert Mullins - LT</t>
   </si>
   <si>
     <t>#71 Craig Turner - LG</t>
   </si>
   <si>
     <t>#62 Jake Ricks - C</t>
   </si>
   <si>
     <t>#63 Lee Dreiling - LG</t>
   </si>
   <si>
     <t>#53 Leroy Mayfield - LT</t>
   </si>
   <si>
     <t>#63 Justin Hutchins - LDE</t>
   </si>
   <si>
     <t>#97 Jerry Hoskins - DT</t>
   </si>
   <si>
-    <t>#1 Charles Powers - WLB</t>
+    <t>#54 Charles Powers - WLB</t>
   </si>
   <si>
     <t>#58 Justin Hunt - WLB</t>
   </si>
   <si>
     <t>#42 Joaquin Burger - CB</t>
   </si>
   <si>
     <t>#24 Kenneth Fisher - SS</t>
   </si>
   <si>
     <t>#24 Frank Moss - FS</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>HHH 40</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>HHH 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-6-BMB 25 (7:21) 7-Brian Curry pass complete to 36-Matthew Smith to BMB 24 for 1 yards. Tackle by 21-Timothy Nair.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>HHH 24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-BMB 24 (6:48) 6-Christopher Rose 41 yard field goal is GOOD. BaB 3 BMB 0</t>
   </si>
   <si>
-    <t>#2 Curtis Weeden - QB</t>
+    <t>#8 Curtis Weeden - QB</t>
   </si>
   <si>
     <t>#6 Christopher Rose - K</t>
   </si>
   <si>
     <t>#74 Alfred Cram - LG</t>
   </si>
   <si>
     <t>#50 Willie Hill - MLB</t>
   </si>
   <si>
     <t>#98 Arnold Trujillo - RDE</t>
   </si>
   <si>
     <t>#23 Alejandro East - SLB</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>OmO 35</t>
   </si>
   <si>
     <t>(6:45) 6-Christopher Rose kicks 75 yards from BaB 35 to BMB -10. Touchback.</t>
   </si>
@@ -2181,72 +2181,72 @@
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>