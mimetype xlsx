--- v1 (2025-11-19)
+++ v2 (2026-02-16)
@@ -338,75 +338,75 @@
   <si>
     <t>#4 Roy Jules - K</t>
   </si>
   <si>
     <t>OmO</t>
   </si>
   <si>
     <t>OmO 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-BaB 25 (15:00) 36-Matthew Smith ran to BaB 22 for -3 yards. Tackle by 99-Edward Hudson.</t>
   </si>
   <si>
     <t>#7 Brian Curry - QB</t>
   </si>
   <si>
     <t>#40 Hector Norton - TE</t>
   </si>
   <si>
-    <t>#10 James Powell - WR</t>
+    <t>#12 James Powell - WR</t>
   </si>
   <si>
     <t>#80 Roy Roman - WR</t>
   </si>
   <si>
     <t>#81 Mario Hursey - TE</t>
   </si>
   <si>
     <t>#61 Raymond Ewing - LT</t>
   </si>
   <si>
     <t>#61 David McGuire - LG</t>
   </si>
   <si>
     <t>#71 William Hewes - C</t>
   </si>
   <si>
     <t>#58 Ron Nieman - RG</t>
   </si>
   <si>
     <t>#54 Eric Gray - RT</t>
   </si>
   <si>
-    <t>#96 James Isler - LDE</t>
+    <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#68 Amos Gaines - DT</t>
   </si>
   <si>
     <t>#66 Thomas Dent - DT</t>
   </si>
   <si>
     <t>#97 Oscar Hayes - MLB</t>
   </si>
   <si>
     <t>#91 William Hampton - MLB</t>
   </si>
   <si>
     <t>#99 Edward Hudson - WLB</t>
   </si>
   <si>
     <t>#21 Timothy Nair - CB</t>
   </si>
   <si>
     <t>#20 Samuel Obrien - CB</t>
   </si>
   <si>
     <t>#39 Earl Hall - FS</t>
   </si>
@@ -479,87 +479,87 @@
   <si>
     <t>#20 William Garrett - LT</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#56 Jose Amore - SLB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>HHH 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BMB 29 (14:14) 34-Brian Connelly ran to BMB 40 for 12 yards. Tackle by 24-Kenneth Fisher.</t>
   </si>
   <si>
-    <t>#13 Ricky Marlin - QB</t>
+    <t>#17 Ricky Marlin - QB</t>
   </si>
   <si>
     <t>#35 Keith Gladney - FB</t>
   </si>
   <si>
     <t>#13 Brian Ward - WR</t>
   </si>
   <si>
     <t>#86 Don Hawks - WR</t>
   </si>
   <si>
     <t>#82 Cornell Young - WR</t>
   </si>
   <si>
     <t>#64 Robert Mullins - LT</t>
   </si>
   <si>
     <t>#71 Craig Turner - LG</t>
   </si>
   <si>
     <t>#62 Jake Ricks - C</t>
   </si>
   <si>
-    <t>#63 Lee Dreiling - LG</t>
+    <t>#66 Lee Dreiling - RG</t>
   </si>
   <si>
     <t>#53 Leroy Mayfield - LT</t>
   </si>
   <si>
     <t>#63 Justin Hutchins - LDE</t>
   </si>
   <si>
     <t>#97 Jerry Hoskins - DT</t>
   </si>
   <si>
-    <t>#54 Charles Powers - WLB</t>
+    <t>#38 Charles Powers - FS</t>
   </si>
   <si>
     <t>#58 Justin Hunt - WLB</t>
   </si>
   <si>
     <t>#42 Joaquin Burger - CB</t>
   </si>
   <si>
     <t>#24 Kenneth Fisher - SS</t>
   </si>
   <si>
     <t>#24 Frank Moss - FS</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>HHH 40</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -2184,51 +2184,51 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="264.078" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>