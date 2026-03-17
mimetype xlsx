--- v2 (2026-02-16)
+++ v3 (2026-03-17)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BaB has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>HHH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Roy Jules kicks 73 yards from BMB 35 to BaB -8. Touchback.</t>
   </si>
   <si>
     <t>#38 Matthew Smith - RB</t>
   </si>
   <si>
-    <t>#99 Anthony Brown - DT</t>
+    <t>#68 Anthony Brown - DT</t>
   </si>
   <si>
     <t>#95 Larry Whitney - SLB</t>
   </si>
   <si>
     <t>#50 Marcus Turner - MLB</t>
   </si>
   <si>
     <t>#97 Fred Shipman - DT</t>
   </si>
   <si>
     <t>#33 Joe Fulcher - CB</t>
   </si>
   <si>
     <t>#25 Hector Massey - CB</t>
   </si>
   <si>
     <t>#95 Henry Parks - LDE</t>
   </si>
   <si>
     <t>#8 Barry Domingues - CB</t>
   </si>
   <si>
     <t>#95 Keith Lightfoot - WLB</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#58 Ron Nieman - RG</t>
   </si>
   <si>
     <t>#54 Eric Gray - RT</t>
   </si>
   <si>
     <t>#52 James Isler - LDE</t>
   </si>
   <si>
     <t>#68 Amos Gaines - DT</t>
   </si>
   <si>
     <t>#66 Thomas Dent - DT</t>
   </si>
   <si>
     <t>#97 Oscar Hayes - MLB</t>
   </si>
   <si>
     <t>#91 William Hampton - MLB</t>
   </si>
   <si>
     <t>#99 Edward Hudson - WLB</t>
   </si>
   <si>
-    <t>#21 Timothy Nair - CB</t>
+    <t>#23 Timothy Nair - CB</t>
   </si>
   <si>
     <t>#20 Samuel Obrien - CB</t>
   </si>
   <si>
     <t>#39 Earl Hall - FS</t>
   </si>
   <si>
     <t>#38 Alberto Wicklund - SS</t>
   </si>
   <si>
     <t>#24 David Coleman - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>OmO 22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Strong Cover 2</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-BaB 22 (14:21) 2-Stacey Grant punts 49 yards to BMB 29. Fair Catch by 34-Brian Connelly.</t>
   </si>
   <si>
     <t>#2 Stacey Grant - P</t>
   </si>
   <si>
     <t>#65 James McDermott - C</t>
   </si>
   <si>
     <t>#13 Brian Connelly - WR</t>
   </si>
   <si>
     <t>#72 Kim Dickinson - DT</t>
   </si>
   <si>
-    <t>#25 Shane Olsen - CB</t>
+    <t>#44 Shane Olsen - CB</t>
   </si>
   <si>
     <t>#20 William Garrett - LT</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#56 Jose Amore - SLB</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>HHH 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BMB 29 (14:14) 34-Brian Connelly ran to BMB 40 for 12 yards. Tackle by 24-Kenneth Fisher.</t>
   </si>
@@ -1043,51 +1043,51 @@
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>OmO 49</t>
   </si>
   <si>
     <t>4-6-BaB 49 (9:39) 2-Stacey Grant punts 46 yards to BMB 5.</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>HHH 5</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-BMB 5 (9:31) 16-Ricky Marlin pass complete to 34-Brian Connelly to BMB 5 for a short loss. Tackle by 8-Barry Domingues.</t>
   </si>
   <si>
-    <t>#94 Larry Brooking - RDE</t>
+    <t>#77 Larry Brooking - RDE</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>2-10-BMB 5 (8:56) 16-Ricky Marlin pass complete to 13-Brian Ward to BMB 10 for 6 yards. Tackle by 8-Barry Domingues. Pressure by 94-Larry Brooking.</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>HHH 10</t>
   </si>
   <si>
     <t>3-5-BMB 10 (8:20) 34-Brian Connelly ran to BMB 18 for 8 yards. Tackle by 8-Barry Domingues.</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-BMB 18 (7:46) 16-Ricky Marlin pass complete to 34-Brian Connelly to BMB 19 for 1 yards. Tackle by 8-Barry Domingues.</t>
   </si>