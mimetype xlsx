--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -365,51 +365,51 @@
   <si>
     <t>#16 Alan Whitehead - WR</t>
   </si>
   <si>
     <t>#81 Christopher Robinson - WR</t>
   </si>
   <si>
     <t>#62 Tanner Raines - RT</t>
   </si>
   <si>
     <t>#61 Rory Williams - LG</t>
   </si>
   <si>
     <t>#70 Steven Crawford - C</t>
   </si>
   <si>
     <t>#78 Thomas Kaiser - RT</t>
   </si>
   <si>
     <t>#64 William Barnes - RT</t>
   </si>
   <si>
     <t>#64 Carl Cashwell - LDE</t>
   </si>
   <si>
-    <t>#59 Chad Brewer - DT</t>
+    <t>#55 Chad Brewer - DT</t>
   </si>
   <si>
     <t>#73 William Golson - RDE</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#58 Oscar Ennis - MLB</t>
   </si>
   <si>
     <t>#92 Gregory Lee - WLB</t>
   </si>
   <si>
     <t>#37 Leon Eastland - CB</t>
   </si>
   <si>
     <t>#21 Troy Ward - CB</t>
   </si>
   <si>
     <t>#37 Scott Parrish - CB</t>
   </si>
   <si>
     <t>#32 Randall Cosby - SS</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-DAK 43 (13:28) 15-Anthony Whiten pass Pass knocked down by 51-Curtis Fletcher. incomplete, intended for 39-Alan Hall.</t>
   </si>
   <si>
     <t>#15 Anthony Whiten - QB</t>
   </si>
   <si>
     <t>#39 Alan Hall - RB</t>
   </si>
   <si>
     <t>#32 George Olive - FB</t>
   </si>
   <si>
     <t>#46 Hugh Hoeppner - WR</t>
   </si>
   <si>
     <t>#13 Donald Stuber - WR</t>
   </si>
   <si>
     <t>#16 Carl Jackson - WR</t>
   </si>
   <si>
-    <t>#61 Charles Floyd - LT</t>
+    <t>#69 Charles Floyd - LT</t>
   </si>
   <si>
     <t>#59 Lincoln Valdez - LG</t>
   </si>
   <si>
     <t>#76 Robert Stuckey - C</t>
   </si>
   <si>
     <t>#75 Anthony Blankenship - RG</t>
   </si>
   <si>
     <t>#79 Tricks Pilgrim - RT</t>
   </si>
   <si>
     <t>#53 Sean Kennedy - LDE</t>
   </si>
   <si>
     <t>#91 Paul Taylor - RDE</t>
   </si>
   <si>
     <t>#94 Nicholas Hampton - WLB</t>
   </si>
   <si>
     <t>#26 Alexander Jackson - FS</t>
   </si>