--- v1 (2025-12-16)
+++ v2 (2026-01-05)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TLH</t>
   </si>
   <si>
     <t>TLH 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Victor Daugherty kicks 75 yards from DaP 35 to DAK -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Homer Benge - RB</t>
   </si>
   <si>
-    <t>#97 Edward Tracy - SLB</t>
+    <t>#56 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#66 William Vito - RDE</t>
   </si>
   <si>
     <t>#90 Paul Shields - DT</t>
   </si>
   <si>
     <t>#37 Carl Kenney - FS</t>
   </si>
   <si>
     <t>#56 Donald Motyka - DT</t>
   </si>
   <si>
     <t>#99 David Smith - MLB</t>
   </si>
   <si>
     <t>#92 Barrett Fort - SLB</t>
   </si>
   <si>
     <t>#55 Jonathan Price - DT</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#81 Christopher Robinson - WR</t>
   </si>
   <si>
     <t>#62 Tanner Raines - RT</t>
   </si>
   <si>
     <t>#61 Rory Williams - LG</t>
   </si>
   <si>
     <t>#70 Steven Crawford - C</t>
   </si>
   <si>
     <t>#78 Thomas Kaiser - RT</t>
   </si>
   <si>
     <t>#64 William Barnes - RT</t>
   </si>
   <si>
     <t>#64 Carl Cashwell - LDE</t>
   </si>
   <si>
     <t>#55 Chad Brewer - DT</t>
   </si>
   <si>
-    <t>#73 William Golson - RDE</t>
+    <t>#67 William Golson - RDE</t>
   </si>
   <si>
     <t>#54 Harold Jones - SLB</t>
   </si>
   <si>
     <t>#58 Oscar Ennis - MLB</t>
   </si>
   <si>
     <t>#92 Gregory Lee - WLB</t>
   </si>
   <si>
     <t>#37 Leon Eastland - CB</t>
   </si>
   <si>
     <t>#21 Troy Ward - CB</t>
   </si>
   <si>
     <t>#37 Scott Parrish - CB</t>
   </si>
   <si>
     <t>#32 Randall Cosby - SS</t>
   </si>
   <si>
     <t>#31 Ernest Jaeger - FS</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>#16 Carl Jackson - WR</t>
   </si>
   <si>
     <t>#69 Charles Floyd - LT</t>
   </si>
   <si>
     <t>#59 Lincoln Valdez - LG</t>
   </si>
   <si>
     <t>#76 Robert Stuckey - C</t>
   </si>
   <si>
     <t>#75 Anthony Blankenship - RG</t>
   </si>
   <si>
     <t>#79 Tricks Pilgrim - RT</t>
   </si>
   <si>
     <t>#53 Sean Kennedy - LDE</t>
   </si>
   <si>
     <t>#91 Paul Taylor - RDE</t>
   </si>
   <si>
-    <t>#94 Nicholas Hampton - WLB</t>
+    <t>#93 Nicholas Hampton - WLB</t>
   </si>
   <si>
     <t>#26 Alexander Jackson - FS</t>
   </si>
   <si>
     <t>#30 Joseph Patton - CB</t>
   </si>
   <si>
     <t>#44 James Duggan - CB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-10-DAK 43 (13:23) 39-Alan Hall ran to DAK 30 for 13 yards. Tackle by 25-Joseph Patton.</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>TLH 42</t>
   </si>
   <si>
     <t>2-11-DaP 42 (5:20) 31-Homer Benge ran to DaP 29 for 14 yards. Tackle by 45-Scott Parrish. DAK 64-William Barnes was injured on the play. He looks like he should be able to return. PENALTY - Offsides (DaP 74-William Golson) (Declined)</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>1-10-DaP 29 (5:15) 29-Richard Messenger ran to DaP 26 for 3 yards. Tackle by 91-Frank Garcia. DaP 31-Ernest Jaeger was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>TLH 26</t>
   </si>
   <si>
     <t>2-7-DaP 26 (4:34) 11-William Porter pass Pass knocked down by 55-Christopher Coachman. incomplete, intended for 16-Alan Whitehead.</t>
   </si>
   <si>
-    <t>#96 Christopher Coachman - MLB</t>
+    <t>#91 Christopher Coachman - MLB</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>3-7-DaP 26 (4:31) 31-Homer Benge ran to DaP 18 for 7 yards. Tackle by 21-Troy Ward.</t>
   </si>
   <si>
     <t>1-10-DaP 18 (3:55) 11-William Porter pass complete to 43-Frederick Macaluso to DaP 2 for 16 yards. Tackle by 96-Harold Jones.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>TLH 2</t>
   </si>
   <si>
     <t>1-2-DaP 2 (3:09) 29-Richard Messenger ran to DaP 6 for -4 yards. Tackle by 54-Larry Condon. 41-John Barrett was caught flat-footed on this play. PENALTY - Holding (DAK 74-Steven Crawford)</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>