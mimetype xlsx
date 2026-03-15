--- v2 (2026-01-05)
+++ v3 (2026-03-15)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Victor Daugherty kicks 75 yards from DaP 35 to DAK -10. Touchback.</t>
   </si>
   <si>
     <t>#31 Homer Benge - RB</t>
   </si>
   <si>
     <t>#56 Edward Tracy - SLB</t>
   </si>
   <si>
     <t>#66 William Vito - RDE</t>
   </si>
   <si>
     <t>#90 Paul Shields - DT</t>
   </si>
   <si>
     <t>#37 Carl Kenney - FS</t>
   </si>
   <si>
-    <t>#56 Donald Motyka - DT</t>
+    <t>#99 Donald Motyka - DT</t>
   </si>
   <si>
     <t>#99 David Smith - MLB</t>
   </si>
   <si>
     <t>#92 Barrett Fort - SLB</t>
   </si>
   <si>
     <t>#55 Jonathan Price - DT</t>
   </si>
   <si>
     <t>#51 Curtis Fletcher - MLB</t>
   </si>
   <si>
     <t>#27 Johnathan Kim - FS</t>
   </si>
   <si>
     <t>#9 Victor Daugherty - K</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 25</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-10-DAK 25 (10:27) 11-William Porter pass complete to 31-Homer Benge to DAK 41 for 16 yards. Tackle by 32-Randall Cosby.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DAK 41 (9:52) 31-Homer Benge ran to DaP 49 for 10 yards. Tackle by 74-William Golson.</t>
   </si>
   <si>
     <t>#80 Darryl Whyte - TE</t>
   </si>
   <si>
-    <t>#99 Larry Condon - LDE</t>
+    <t>#66 Larry Condon - LDE</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>TLH 49</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-1-DaP 49 (9:07) 29-Richard Messenger ran to DaP 40 for 10 yards. Tackle by 32-Randall Cosby. PENALTY - Unnecessary Roughness (DaP 32-Randall Cosby)</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>TLH 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>