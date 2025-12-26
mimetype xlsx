--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -353,63 +353,63 @@
   <si>
     <t>1-10-NTS 25 (15:00) PENALTY - False Start (NTS 76-Clarence Griswold)</t>
   </si>
   <si>
     <t>#7 James Murray - QB</t>
   </si>
   <si>
     <t>#83 William Lorenzo - TE</t>
   </si>
   <si>
     <t>#84 Robert Rita - TE</t>
   </si>
   <si>
     <t>#11 Arnold Boone - WR</t>
   </si>
   <si>
     <t>#12 Erik Griffin - WR</t>
   </si>
   <si>
     <t>#61 Eddie Hanna - LT</t>
   </si>
   <si>
     <t>#73 Clarence Griswold - LG</t>
   </si>
   <si>
-    <t>#59 Alejandro Mosley - C</t>
+    <t>#59 Alejandro Mosley - LT</t>
   </si>
   <si>
     <t>#57 Kevin Clothier - RG</t>
   </si>
   <si>
     <t>#71 Andrew Viera - C</t>
   </si>
   <si>
     <t>#55 Jeffrey Cates - WLB</t>
   </si>
   <si>
-    <t>#50 Kenneth Karp - DT</t>
+    <t>#62 Kenneth Karp - DT</t>
   </si>
   <si>
     <t>#61 Enrique Moynihan - DT</t>
   </si>
   <si>
     <t>#94 Jerry Reiley - RDE</t>
   </si>
   <si>
     <t>#98 Carmen Dewees - SLB</t>
   </si>
   <si>
     <t>#56 David Gonzales - SLB</t>
   </si>
   <si>
     <t>#91 Carlos Roberts - WLB</t>
   </si>
   <si>
     <t>#23 David Pagan - CB</t>
   </si>
   <si>
     <t>#20 Andrew Beam - CB</t>
   </si>
   <si>
     <t>#48 William Kelleher - SS</t>
   </si>
@@ -548,57 +548,57 @@
   <si>
     <t>#6 Willard Ahmed - RB</t>
   </si>
   <si>
     <t>#87 Walton Johnson - TE</t>
   </si>
   <si>
     <t>#88 Jose Magallanes - TE</t>
   </si>
   <si>
     <t>#54 Connie Stratton - LT</t>
   </si>
   <si>
     <t>#53 Buck Johnson - LG</t>
   </si>
   <si>
     <t>#69 Stanley Sullivan - C</t>
   </si>
   <si>
     <t>#66 Richard Rogers - RG</t>
   </si>
   <si>
     <t>#76 Samuel Allred - RT</t>
   </si>
   <si>
-    <t>#60 Jeffrey Briscoe - DT</t>
+    <t>#95 Jeffrey Briscoe - DT</t>
   </si>
   <si>
     <t>#51 Jimmy Locklin - DT</t>
   </si>
   <si>
-    <t>#58 Robert Kaufman - DT</t>
+    <t>#92 Robert Kaufman - RDE</t>
   </si>
   <si>
     <t>#97 Arthur Ewing - WLB</t>
   </si>
   <si>
     <t>#30 Andrew Todd - CB</t>
   </si>
   <si>
     <t>#37 Robert Gilliam - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>NTS 46</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-5-NTS 46 (12:24) 2-Kevin Vasquez pass complete to 85-Sean Burns to NTS 36 for 10 yards. Tackle by 25-Marvin Hernandez.</t>
   </si>
   <si>
     <t>#87 Clarence Walter - WR</t>
   </si>
@@ -2190,100 +2190,100 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="306.639" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">