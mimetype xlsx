--- v1 (2025-12-26)
+++ v2 (2026-01-25)
@@ -302,102 +302,102 @@
   <si>
     <t>(15:00) 4-Michael Dubois kicks 68 yards from SAL 35 to NTS -3. Touchback.</t>
   </si>
   <si>
     <t>#38 Joseph Huskins - RB</t>
   </si>
   <si>
     <t>#77 Jon Parker - LDE</t>
   </si>
   <si>
     <t>#51 Brandon Sanders - MLB</t>
   </si>
   <si>
     <t>#96 William Cohen - RDE</t>
   </si>
   <si>
     <t>#98 Charlie Williams - DT</t>
   </si>
   <si>
     <t>#58 Lemuel Byers - MLB</t>
   </si>
   <si>
     <t>#55 Joseph Hamer - SLB</t>
   </si>
   <si>
-    <t>#92 William Brown - RDE</t>
+    <t>#92 William Brown - LDE</t>
   </si>
   <si>
     <t>#36 Emery Hicks - FS</t>
   </si>
   <si>
     <t>#51 Billy Hereford - SLB</t>
   </si>
   <si>
     <t>#33 Charles Crawford - SS</t>
   </si>
   <si>
     <t>#4 Michael Dubois - K</t>
   </si>
   <si>
     <t>NTS</t>
   </si>
   <si>
     <t>NTS 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NTS 25 (15:00) PENALTY - False Start (NTS 76-Clarence Griswold)</t>
   </si>
   <si>
     <t>#7 James Murray - QB</t>
   </si>
   <si>
     <t>#83 William Lorenzo - TE</t>
   </si>
   <si>
     <t>#84 Robert Rita - TE</t>
   </si>
   <si>
     <t>#11 Arnold Boone - WR</t>
   </si>
   <si>
     <t>#12 Erik Griffin - WR</t>
   </si>
   <si>
     <t>#61 Eddie Hanna - LT</t>
   </si>
   <si>
     <t>#73 Clarence Griswold - LG</t>
   </si>
   <si>
-    <t>#59 Alejandro Mosley - LT</t>
+    <t>#59 Alejandro Mosley - RG</t>
   </si>
   <si>
     <t>#57 Kevin Clothier - RG</t>
   </si>
   <si>
     <t>#71 Andrew Viera - C</t>
   </si>
   <si>
     <t>#55 Jeffrey Cates - WLB</t>
   </si>
   <si>
     <t>#62 Kenneth Karp - DT</t>
   </si>
   <si>
     <t>#61 Enrique Moynihan - DT</t>
   </si>
   <si>
     <t>#94 Jerry Reiley - RDE</t>
   </si>
   <si>
     <t>#98 Carmen Dewees - SLB</t>
   </si>
   <si>
     <t>#56 David Gonzales - SLB</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>NTS 8</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-27-NTS 8 (13:18) 1-Charles Harper punts 54 yards to SAL 38. 24-Emanuel Kato to SAL 49 for 11 yards. Tackle by 96-William Cohen.</t>
   </si>
   <si>
     <t>#1 Charles Harper - P</t>
   </si>
   <si>
     <t>#58 John Rivera - C</t>
   </si>
   <si>
     <t>#24 Emanuel Kato - WR</t>
   </si>
   <si>
-    <t>#90 John Haga - DT</t>
+    <t>#92 John Haga - DT</t>
   </si>
   <si>
     <t>#33 David Karonghyontye - SS</t>
   </si>
   <si>
     <t>#73 Kevin Shaw - LT</t>
   </si>
   <si>
     <t>#61 Duncan Laroche - C</t>
   </si>
   <si>
     <t>#52 Douglas Cunningham - MLB</t>
   </si>
   <si>
     <t>#92 Harold Fowler - RDE</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>SAL 49</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>