--- v2 (2026-01-25)
+++ v3 (2026-03-26)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 4-Michael Dubois kicks 68 yards from SAL 35 to NTS -3. Touchback.</t>
   </si>
   <si>
     <t>#38 Joseph Huskins - RB</t>
   </si>
   <si>
     <t>#77 Jon Parker - LDE</t>
   </si>
   <si>
     <t>#51 Brandon Sanders - MLB</t>
   </si>
   <si>
     <t>#96 William Cohen - RDE</t>
   </si>
   <si>
     <t>#98 Charlie Williams - DT</t>
   </si>
   <si>
     <t>#58 Lemuel Byers - MLB</t>
   </si>
   <si>
     <t>#55 Joseph Hamer - SLB</t>
   </si>
   <si>
-    <t>#92 William Brown - LDE</t>
+    <t>#73 William Brown - LDE</t>
   </si>
   <si>
     <t>#36 Emery Hicks - FS</t>
   </si>
   <si>
     <t>#51 Billy Hereford - SLB</t>
   </si>
   <si>
     <t>#33 Charles Crawford - SS</t>
   </si>
   <si>
     <t>#4 Michael Dubois - K</t>
   </si>
   <si>
     <t>NTS</t>
   </si>
   <si>
     <t>NTS 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -380,51 +380,51 @@
   <si>
     <t>#57 Kevin Clothier - RG</t>
   </si>
   <si>
     <t>#71 Andrew Viera - C</t>
   </si>
   <si>
     <t>#55 Jeffrey Cates - WLB</t>
   </si>
   <si>
     <t>#62 Kenneth Karp - DT</t>
   </si>
   <si>
     <t>#61 Enrique Moynihan - DT</t>
   </si>
   <si>
     <t>#94 Jerry Reiley - RDE</t>
   </si>
   <si>
     <t>#98 Carmen Dewees - SLB</t>
   </si>
   <si>
     <t>#56 David Gonzales - SLB</t>
   </si>
   <si>
-    <t>#91 Carlos Roberts - WLB</t>
+    <t>#50 Carlos Roberts - WLB</t>
   </si>
   <si>
     <t>#23 David Pagan - CB</t>
   </si>
   <si>
     <t>#20 Andrew Beam - CB</t>
   </si>
   <si>
     <t>#48 William Kelleher - SS</t>
   </si>
   <si>
     <t>#37 Michael Urrutia - FS</t>
   </si>
   <si>
     <t>NTS 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-15-NTS 20 (15:00) PENALTY - False Start (NTS 76-Clarence Griswold)</t>
   </si>