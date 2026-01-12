--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -590,51 +590,51 @@
   <si>
     <t>ROC 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-16-ROC 22 (10:18) 33-Timothy Wise ran to ROC 17 for 4 yards. Tackle by 87-Hill Billerie.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>ROC 17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-ROC 17 (9:33) 6-Joe Davis 34 yard field goal is GOOD. MFs 3 ROC 0</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#74 Lando Calrissian - LG</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>
   <si>
     <t>#64 Norman Petty - LG</t>
   </si>
   <si>
     <t>#78 Daniel Dudek - LG</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>(9:30) 6-Joe Davis kicks 74 yards from MFs 35 to ROC -9. 22-Scooter Springs to ROC 23 for 32 yards. Tackle by 25-Ronald Perkins.</t>
   </si>
   <si>
     <t>#48 Scooter Springs - TE</t>
   </si>
@@ -665,114 +665,114 @@
   <si>
     <t>#40 Willie Peters - FB</t>
   </si>
   <si>
     <t>#80 Mason Jahr - WR</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
     <t>#68 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#68 Roger Gabriel - LT</t>
   </si>
   <si>
-    <t>#96 Cesar Rodiguez - RDE</t>
+    <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>
   <si>
     <t>#59 Mark Steen - WLB</t>
   </si>
   <si>
-    <t>#52 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
     <t>#22 Steven Gray - CB</t>
   </si>
   <si>
     <t>#20 John Gaddy - CB</t>
   </si>
   <si>
     <t>#44 Michael Needham - FS</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>ROC 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-7-ROC 26 (8:44) 9-Justin Hulbert pass Pass knocked down by 44-Michael Needham. incomplete, intended for 25-Jeffery Lewis.</t>
   </si>
   <si>
     <t>#35 Jeffery Lewis - RB</t>
   </si>
   <si>
     <t>#1 Thomas Shaw - WR</t>
   </si>
   <si>
     <t>#50 George Sellers - RT</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-7-ROC 26 (8:40) 9-Justin Hulbert pass complete to 7-Herbert Creech to ROC 35 for 9 yards. Tackle by 45-Joel Stanton.</t>
   </si>
   <si>
     <t>#86 Sean Obanion - TE</t>
   </si>
   <si>
     <t>#84 Herbert Creech - TE</t>
   </si>
   <si>
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-ROC 35 (7:54) 33-Michael Walters ran to ROC 46 for 11 yards. Tackle by 20-John Gaddy.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>ROC 46</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>