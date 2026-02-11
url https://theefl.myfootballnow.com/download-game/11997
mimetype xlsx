--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -383,51 +383,51 @@
   <si>
     <t>#68 Mark Fisher - RG</t>
   </si>
   <si>
     <t>#79 Mathew Yancey - RT</t>
   </si>
   <si>
     <t>#94 Hill Billerie - RDE</t>
   </si>
   <si>
     <t>#68 Michael White - DT</t>
   </si>
   <si>
     <t>#51 Charles Wyrick - DT</t>
   </si>
   <si>
     <t>#99 Skye  Passeren - LDE</t>
   </si>
   <si>
     <t>#66 Carl Mitchell - SLB</t>
   </si>
   <si>
     <t>#50 Chester Frazee - SLB</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#20 Hopper Binz - CB</t>
   </si>
   <si>
     <t>#29 Michael Emerson - CB</t>
   </si>
   <si>
     <t>#41 Jerry Sartor - SS</t>
   </si>
   <si>
     <t>#34 Roger Honaker - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MFs 32</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ROC 23 (9:26) 33-Michael Walters ran to ROC 26 for 3 yards. Tackle by 52-Ezekiel Easley.</t>
   </si>
   <si>
     <t>#9 Justin Hulbert - QB</t>
   </si>
   <si>
     <t>#32 Michael Walters - RB</t>
   </si>
   <si>
     <t>#40 Walter Fee - FB</t>
   </si>
   <si>
     <t>#40 Willie Peters - FB</t>
   </si>
   <si>
     <t>#80 Mason Jahr - WR</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
-    <t>#68 Kenneth Galindo - C</t>
+    <t>#79 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#68 Roger Gabriel - LT</t>
   </si>
   <si>
     <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>