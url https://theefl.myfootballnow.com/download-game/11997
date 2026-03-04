--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -293,90 +293,90 @@
   <si>
     <t>ROC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Charles Oakes kicks 74 yards from ROC 35 to MFs -9. Touchback.</t>
   </si>
   <si>
     <t>#21 Darrell Rees - FB</t>
   </si>
   <si>
     <t>#45 Joel Stanton - CB</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
     <t>#25 Ronald Perkins - CB</t>
   </si>
   <si>
-    <t>#91 Robert Thibodaux - RDE</t>
+    <t>#73 Robert Thibodaux - RDE</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#37 Terry Gonzalez - CB</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#15 Charles Oakes - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MFs 25 (15:00) 9-Roy Reading pass complete to 19-James Culbertson to MFs 32 for 7 yards. Tackle by 30-Roger Honaker.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#26 Anthony Fells - RB</t>
   </si>
   <si>
     <t>#80 Louie McIntosh - TE</t>
   </si>
   <si>
     <t>#32 Chase Urban - C</t>
   </si>
   <si>
     <t>#85 James Culbertson - WR</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#76 Christopher Weisman - C</t>
   </si>
@@ -650,81 +650,81 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ROC 23 (9:26) 33-Michael Walters ran to ROC 26 for 3 yards. Tackle by 52-Ezekiel Easley.</t>
   </si>
   <si>
     <t>#9 Justin Hulbert - QB</t>
   </si>
   <si>
     <t>#32 Michael Walters - RB</t>
   </si>
   <si>
     <t>#40 Walter Fee - FB</t>
   </si>
   <si>
     <t>#40 Willie Peters - FB</t>
   </si>
   <si>
     <t>#80 Mason Jahr - WR</t>
   </si>
   <si>
     <t>#85 Herbert Stephens - WR</t>
   </si>
   <si>
-    <t>#79 Kenneth Galindo - C</t>
+    <t>#65 Kenneth Galindo - C</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#62 Max Schneider - C</t>
   </si>
   <si>
     <t>#98 Charles Tobias - LT</t>
   </si>
   <si>
     <t>#68 Roger Gabriel - LT</t>
   </si>
   <si>
     <t>#67 Cesar Rodiguez - RDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#74 Patrick Tomlinson - DT</t>
   </si>
   <si>
     <t>#57 Larry Miele - SLB</t>
   </si>
   <si>
     <t>#59 Mark Steen - WLB</t>
   </si>
   <si>
-    <t>#91 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>#22 Steven Gray - CB</t>
   </si>
   <si>
     <t>#20 John Gaddy - CB</t>
   </si>
   <si>
     <t>#44 Michael Needham - FS</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>ROC 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-7-ROC 26 (8:44) 9-Justin Hulbert pass Pass knocked down by 44-Michael Needham. incomplete, intended for 25-Jeffery Lewis.</t>
   </si>
   <si>
     <t>#35 Jeffery Lewis - RB</t>
   </si>