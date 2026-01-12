--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -308,51 +308,51 @@
   <si>
     <t>#37 Terry Gonzalez - CB</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>#77 Jon Parker - LDE</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#99 Matthew Bussey - LDE</t>
   </si>
   <si>
-    <t>#52 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - WLB</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#15 Charles Oakes - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MFs 25 (15:00) 28-Anthony Fells ran to MFs 24 for -1 yards. Tackle by 8-Dewey Cox.</t>
   </si>
   <si>
     <t>#18 Roy Reading - QB</t>
   </si>
@@ -647,87 +647,87 @@
   <si>
     <t>ROC 11</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>3-5-ROC 11 (10:51) 9-Roy Reading pass Pass knocked down by 44-Michael Emerson. incomplete, intended for 84-Charles Draves.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-ROC 11 (10:48) 6-Joe Davis 28 yard field goal is GOOD. ROC 0 MFs 3</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#6 Joe Davis - K</t>
   </si>
   <si>
     <t>#73 Donald Bell - RT</t>
   </si>
   <si>
     <t>#69 Joseph McKeown - LDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>(10:46) 6-Joe Davis kicks 75 yards from MFs 35 to ROC -10. Touchback.</t>
   </si>
   <si>
     <t>ROC 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ROC 25 (10:46) 9-Justin Hulbert pass complete to 80-Mason Jahr to ROC 32 for 7 yards. Tackle by 31-Brian Vanmeter. Great move by 80-Mason Jahr to get free of his coverage.</t>
   </si>
   <si>
     <t>#40 Walter Fee - FB</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
-    <t>#75 Bryan Kimball - RG</t>
+    <t>#75 Bryan Kimball - LT</t>
   </si>
   <si>
     <t>#59 Mark Steen - WLB</t>
   </si>
   <si>
     <t>#31 Brian Vanmeter - CB</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>ROC 32</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>2-3-ROC 32 (10:05) 9-Justin Hulbert pass complete to 1-Thomas Shaw to ROC 38 for 6 yards. Tackle by 49-Albert Horne.</t>
   </si>
   <si>
     <t>#16 Stephen Chambers - WR</t>
   </si>