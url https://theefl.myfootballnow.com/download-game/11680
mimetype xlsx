--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -473,51 +473,51 @@
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>MFs 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-MFs 35 (12:54) 1-Kirk Johnson punts 49 yards to ROC 16. Fair Catch by 80-Mason Jahr.</t>
   </si>
   <si>
     <t>#8 Kirk Johnson - P</t>
   </si>
   <si>
     <t>#53 Leonard Smith - C</t>
   </si>
   <si>
     <t>#80 Mason Jahr - WR</t>
   </si>
   <si>
-    <t>#94 Robbie Farley - WLB</t>
+    <t>#98 Robbie Farley - WLB</t>
   </si>
   <si>
     <t>#51 Kern Keough - SLB</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>
   <si>
     <t>#66 William Newman - RT</t>
   </si>
   <si>
     <t>#61 Chew Bacca - LG</t>
   </si>
   <si>
     <t>#61 Enrique Moynihan - DT</t>
   </si>
   <si>
     <t>#78 Elliot Moore - RDE</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>ROC 16</t>
   </si>