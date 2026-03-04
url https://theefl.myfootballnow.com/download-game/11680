--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -308,75 +308,75 @@
   <si>
     <t>#37 Terry Gonzalez - CB</t>
   </si>
   <si>
     <t>#53 Eddie Bartsch - MLB</t>
   </si>
   <si>
     <t>#29 Steven Riter - CB</t>
   </si>
   <si>
     <t>#77 Jon Parker - LDE</t>
   </si>
   <si>
     <t>#26 Matthew Wood - SS</t>
   </si>
   <si>
     <t>#76 Alfred Miller - LDE</t>
   </si>
   <si>
     <t>#90 Bob Rankin - MLB</t>
   </si>
   <si>
     <t>#99 Matthew Bussey - LDE</t>
   </si>
   <si>
-    <t>#91 Ezekiel Easley - WLB</t>
+    <t>#91 Ezekiel Easley - SLB</t>
   </si>
   <si>
     <t>#53 Frank Bates - RDE</t>
   </si>
   <si>
     <t>#15 Charles Oakes - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-MFs 25 (15:00) 28-Anthony Fells ran to MFs 24 for -1 yards. Tackle by 8-Dewey Cox.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#26 Anthony Fells - RB</t>
   </si>
   <si>
     <t>#45 Melvin Craft - FB</t>
   </si>
   <si>
     <t>#80 Louie McIntosh - TE</t>
   </si>
   <si>
     <t>#81 Daniel Tolbert - TE</t>
   </si>
   <si>
     <t>#85 James Culbertson - WR</t>
   </si>
   <si>
     <t>#70 David Quintana - LT</t>
   </si>
   <si>
     <t>#78 Daniel Dudek - LG</t>
   </si>
   <si>
     <t>#76 Christopher Weisman - C</t>
   </si>