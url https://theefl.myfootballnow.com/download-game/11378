--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -629,51 +629,51 @@
   <si>
     <t>2-2-SDR 11 (12:27) 32-Ronnie Jones ran for 11 yards. TOUCHDOWN! MTL 6 SDR 0</t>
   </si>
   <si>
     <t>#83 John Cohen - TE</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>SDR 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:23) Extra point GOOD by 4-Kyle Jobe. MTL 7 SDR 0</t>
   </si>
   <si>
     <t>#20 Terry Velazquez - RB</t>
   </si>
   <si>
-    <t>#56 Jim Bynum - RT</t>
+    <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#92 Walter Fessler - DT</t>
   </si>
   <si>
     <t>(12:23) 4-Kyle Jobe kicks 74 yards from MTL 35 to SDR -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-SDR 25 (12:23) 15-Franklin Williams pass incomplete, intended for 89-Edmund West.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-10-SDR 25 (12:20) 15-Franklin Williams pass complete to 49-Richard Watson to SDR 27 for 2 yards. Tackle by 56-Charles McNeil.</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
@@ -791,60 +791,60 @@
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>4-9-MTL 9 (8:14) 2-Robert Metzger 28 yard field goal is GOOD. MTL 7 SDR 3</t>
   </si>
   <si>
     <t>#5 Thomas Wright - P</t>
   </si>
   <si>
     <t>#52 Jose Blanco - RT</t>
   </si>
   <si>
     <t>#2 Robert Metzger - K</t>
   </si>
   <si>
     <t>#87 John Flores - LG</t>
   </si>
   <si>
     <t>#70 Andrew Little - LT</t>
   </si>
   <si>
     <t>#51 Ronald Ridge - RT</t>
   </si>
   <si>
-    <t>#98 Arthur Brown - RDE</t>
+    <t>#76 Arthur Brown - RDE</t>
   </si>
   <si>
     <t>#93 Lee Clark - WLB</t>
   </si>
   <si>
     <t>#90 Paul Campbell - LDE</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#98 Eddie Redmon - RDE</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>SDR 35</t>
   </si>
   <si>
     <t>(8:12) 2-Robert Metzger kicks 75 yards from SDR 35 to MTL -10. Touchback.</t>
   </si>
   <si>
     <t>#55 Greg Watts - MLB</t>
   </si>
   <si>
     <t>MTL 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>