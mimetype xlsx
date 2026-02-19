--- v0 (2025-12-21)
+++ v1 (2026-02-19)
@@ -593,51 +593,51 @@
   <si>
     <t>1-10-NJC 47 (12:47) 3-Jon Johnson pass complete to 89-Arturo Knight to LSV 35 for 19 yards. Pushed out of bounds by 45-Charles Cutler.</t>
   </si>
   <si>
     <t>#20 Paul Walston - RB</t>
   </si>
   <si>
     <t>#77 Nathan Santiago - DT</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>LSV 35</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-LSV 35 (12:08) 3-Jon Johnson pass complete to 80-James Thompson to LSV 24 for 11 yards. Tackle by 30-Shawn Alonso. Pressure by 92-Michael White.</t>
   </si>
   <si>
     <t>#42 Shane Rhodes - RB</t>
   </si>
   <si>
-    <t>#74 Boyd Duncan - TE</t>
+    <t>#74 Boyd Duncan - RG</t>
   </si>
   <si>
     <t>#84 Douglas Courtemanche - TE</t>
   </si>
   <si>
     <t>#78 Kevin Conti - LG</t>
   </si>
   <si>
     <t>#63 Samuel Perez - LG</t>
   </si>
   <si>
     <t>#97 Ross Cunningham - SLB</t>
   </si>
   <si>
     <t>#54 Randolph Huynh - WLB</t>
   </si>
   <si>
     <t>#43 Tom James - RDE</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>LSV 24</t>
   </si>