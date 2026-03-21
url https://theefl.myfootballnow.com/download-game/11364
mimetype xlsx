--- v1 (2026-02-19)
+++ v2 (2026-03-21)
@@ -542,51 +542,51 @@
   <si>
     <t>#15 Jeremiah Chamberlain - WR</t>
   </si>
   <si>
     <t>#83 Jeremy Stoner - WR</t>
   </si>
   <si>
     <t>#15 Larry Parks - WR</t>
   </si>
   <si>
     <t>#77 David Maxwell - LT</t>
   </si>
   <si>
     <t>#69 Harold Leal - LG</t>
   </si>
   <si>
     <t>#62 Raymond Tucker - C</t>
   </si>
   <si>
     <t>#74 Willie Alexander - LT</t>
   </si>
   <si>
     <t>#58 William Dick - RT</t>
   </si>
   <si>
-    <t>#91 Jim Grover - DT</t>
+    <t>#96 Jim Grover - DT</t>
   </si>
   <si>
     <t>#78 David Hale - RDE</t>
   </si>
   <si>
     <t>#21 Charles Cutler - CB</t>
   </si>
   <si>
     <t>#28 Todd Burke - CB</t>
   </si>
   <si>
     <t>#44 Sherman Paxton - CB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>CCr 47</t>
   </si>
   <si>
     <t>Strong I Big TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-9-LSV 26 (8:48) 12-Brandon Tejada pass complete to 11-Theodore Parikh to NJC 43 for 31 yards. Tackle by 8-Barry Domingues. NJC 24-Andrew McCullough was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>CCr 43</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NJC 43 (8:01) 31-Perry Macey ran to NJC 42 for 1 yards. Tackle by 93-Sean Bible.</t>
   </si>
   <si>
     <t>#16 Donald McDaniel - WR</t>
   </si>
   <si>
-    <t>#97 Joseph Wallace - RDE</t>
+    <t>#37 Joseph Wallace - FS</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>CCr 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-NJC 42 (7:21) 12-Brandon Tejada pass incomplete, intended for 81-Ralph Ferro.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>3-9-NJC 42 (7:18) 12-Brandon Tejada pass complete to 84-James Paddock to NJC 37 for 5 yards. Tackle by 99-Harrison Braun.</t>
   </si>