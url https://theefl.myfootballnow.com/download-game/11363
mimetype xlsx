--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -557,51 +557,51 @@
   <si>
     <t>3-5-MTL 44 (12:07) 9-Douglas Novak pass complete to 88-Rayford Louis to MTL 43 for 1 yards. Tackle by 22-Frank Dickson.</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>MTL 43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-MTL 43 (11:25) 4-Charles Brewer punts 33 yards to MTL 10. Fair Catch by 18-Adam Kenney. BRO 68-Kevin Cooper was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Charles Brewer - P</t>
   </si>
   <si>
     <t>#87 Adam Kenney - WR</t>
   </si>
   <si>
-    <t>#89 Richard Locke - LDE</t>
+    <t>#75 Richard Locke - LDE</t>
   </si>
   <si>
     <t>#88 Jerry Wilson - WR</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>MTL 10</t>
   </si>
   <si>
     <t>Singleback Normal FL Go</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MTL 10 (11:19) 12-Brandon Tejada pass complete to 86-James Heath to MTL 20 for 10 yards. Tackle by 91-Joseph Ryder.</t>
   </si>
   <si>
     <t>#12 Brandon Tejada - QB</t>
   </si>
   <si>
     <t>#33 Richard Trammell - RB</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>2-3-MTL 10 (7:04) 33-Richard Trammell ran to MTL 11 for 1 yards. Tackle by 98-Matthew Rivera.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>MTL 11</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-2-MTL 11 (6:25) 12-Brandon Tejada pass incomplete, dropped by 89-Alex Krueger. Pressure by 30-Bob Rossi. MTL 78-Armand Robertson was injured on the play.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>4-2-MTL 11 (6:21) 5-Glenn Canada punts 47 yards to BRO 43. Fair Catch by 13-Michael Swanson.</t>
   </si>
   <si>
     <t>#5 Glenn Canada - P</t>
   </si>
   <si>
-    <t>#56 Jim Bynum - RT</t>
+    <t>#71 Jim Bynum - RT</t>
   </si>
   <si>
     <t>#69 James Landers - RDE</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-BRO 43 (6:14) 9-Douglas Novak pass complete to 21-Billy Day to BRO 45 for 2 yards. Tackle by 54-David Smith.</t>
   </si>
   <si>
     <t>#50 John Keeler - LT</t>
   </si>
   <si>
     <t>#78 Karl Braziel - C</t>
   </si>
   <si>
     <t>5:33</t>
   </si>
   <si>
     <t>BBm 45</t>
   </si>