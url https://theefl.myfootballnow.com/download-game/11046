--- v0 (2025-11-11)
+++ v1 (2026-01-12)
@@ -371,51 +371,51 @@
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#14 Robert Pullen - WR</t>
   </si>
   <si>
     <t>#73 Trevor Summer - LT</t>
   </si>
   <si>
     <t>#78 Kenneth Stanley - C</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>
   <si>
     <t>#68 Mark Fisher - RG</t>
   </si>
   <si>
     <t>#66 William Newman - RT</t>
   </si>
   <si>
     <t>#78 Leonard Newport - DT</t>
   </si>
   <si>
-    <t>#64 Bradley Taylor - DT</t>
+    <t>#73 Bradley Taylor - DT</t>
   </si>
   <si>
     <t>#77 Jeffery Rice - RDE</t>
   </si>
   <si>
     <t>#75 Jim Gonzalez - RDE</t>
   </si>
   <si>
     <t>#57 Roger Wells - SLB</t>
   </si>
   <si>
     <t>#50 Brad Mendez - MLB</t>
   </si>
   <si>
     <t>#92 Daniel Chapman - WLB</t>
   </si>
   <si>
     <t>#48 Ira Bonds - CB</t>
   </si>
   <si>
     <t>#20 Dennis Barnes - CB</t>
   </si>
   <si>
     <t>#32 Lane Nguyen - SS</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>BBd 15</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-7-BEN 15 (9:30) 32-Marshall Richardson ran to BEN 15 for 1 yards. Tackle by 52-Roger Wells.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-BEN 15 (8:48) 5-Michael Hanna 32 yard field goal is GOOD. BEN 0 WiW 3</t>
   </si>
   <si>
-    <t>#5 Thomas Maddux - QB</t>
+    <t>#12 Thomas Maddux - QB</t>
   </si>
   <si>
     <t>#5 Michael Hanna - K</t>
   </si>
   <si>
     <t>#60 Edward Han - LG</t>
   </si>
   <si>
     <t>#73 Joseph Whitfield - RG</t>
   </si>
   <si>
     <t>#91 Mike Schroyer - DT</t>
   </si>
   <si>
     <t>#57 Frank Russell - LDE</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>MFs 35</t>
   </si>
   <si>
     <t>(8:45) 5-Michael Hanna kicks 71 yards from WiW 35 to BEN -6. 86-Robert Fifield to BEN 24 for 31 yards. Tackle by 38-Stephen Hernandez.</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>1-10-BEN 24 (8:40) 17-Steven Velez ran to BEN 24 for 1 yards. Tackle by 55-Donald Knight.</t>
   </si>
   <si>
     <t>#14 Jesse Gilbert - QB</t>
   </si>
   <si>
     <t>#84 Steven Velez - TE</t>
   </si>
   <si>
     <t>#33 Steven Sheppard - FB</t>
   </si>
   <si>
     <t>#82 Gordon Johnston - TE</t>
   </si>
   <si>
     <t>#19 Ron Ross - WR</t>
   </si>
   <si>
     <t>#87 Cornelius Barber - WR</t>
   </si>
   <si>
     <t>#67 Stephen Sweeten - LT</t>
   </si>
   <si>
-    <t>#69 Robert Monroe - LG</t>
+    <t>#66 Robert Monroe - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#65 James Donato - C</t>
   </si>
   <si>
     <t>#58 Christoper Falcon - RT</t>
   </si>
   <si>
     <t>#94 Dusty Russo - LDE</t>
   </si>
   <si>
     <t>#68 David Ellis - DT</t>
   </si>
   <si>
     <t>#71 Bryan Betancourt - DT</t>
   </si>
   <si>
     <t>#91 Paul Taylor - RDE</t>
   </si>
   <si>
     <t>#59 Mark Steen - WLB</t>
   </si>
@@ -2442,51 +2442,51 @@
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>