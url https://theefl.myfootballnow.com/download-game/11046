--- v1 (2026-01-12)
+++ v2 (2026-02-11)
@@ -485,51 +485,51 @@
   <si>
     <t>#88 Robert Fick - TE</t>
   </si>
   <si>
     <t>#74 John Passmore - C</t>
   </si>
   <si>
     <t>#25 Adam Creech - SS</t>
   </si>
   <si>
     <t>#54 David Mills - WLB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>BBd 44</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BEN 44 (13:00) 9-Roy Reading pass complete to 12-Jay Gordon to BEN 31 for 14 yards. Tackle by 26-Dennis Barnes.</t>
   </si>
   <si>
-    <t>#94 Harvey Marin - MLB</t>
+    <t>#96 Harvey Marin - MLB</t>
   </si>
   <si>
     <t>#47 Hugo Costello - FS</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>BBd 31</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BEN 31 (12:19) 9-Roy Reading pass Pass knocked down by 29-Richard Palermo. incomplete, intended for 16-Michael Shatley.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>2-10-BEN 31 (12:16) 32-Marshall Richardson ran to BEN 27 for 4 yards. Tackle by 47-Hugo Costello.</t>
   </si>