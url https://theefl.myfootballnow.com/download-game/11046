--- v2 (2026-02-11)
+++ v3 (2026-03-04)
@@ -335,51 +335,51 @@
   <si>
     <t>#54 Donald Knight - WLB</t>
   </si>
   <si>
     <t>#15 Douglas Holman - K</t>
   </si>
   <si>
     <t>MFs</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>MFs 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-WiW 25 (14:58) 32-Marshall Richardson ran to WiW 24 for -1 yards. Tackle by 50-Brad Mendez.</t>
   </si>
   <si>
-    <t>#18 Roy Reading - QB</t>
+    <t>#14 Roy Reading - QB</t>
   </si>
   <si>
     <t>#43 Marshall Richardson - RB</t>
   </si>
   <si>
     <t>#88 Emerson Briscoe - TE</t>
   </si>
   <si>
     <t>#85 James Culbertson - WR</t>
   </si>
   <si>
     <t>#14 Jay Gordon - WR</t>
   </si>
   <si>
     <t>#14 Robert Pullen - WR</t>
   </si>
   <si>
     <t>#73 Trevor Summer - LT</t>
   </si>
   <si>
     <t>#78 Kenneth Stanley - C</t>
   </si>
   <si>
     <t>#77 Noe Hodges - RT</t>
   </si>