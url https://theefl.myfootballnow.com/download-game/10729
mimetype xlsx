--- v0 (2025-10-18)
+++ v1 (2025-11-12)
@@ -356,51 +356,51 @@
   <si>
     <t>#7 Hendrick Tejonihokarawa - QB</t>
   </si>
   <si>
     <t>#10 Kyle Olson - WR</t>
   </si>
   <si>
     <t>#84 Thayendanega Brant - TE</t>
   </si>
   <si>
     <t>#19 Joseph Onasakenrat - WR</t>
   </si>
   <si>
     <t>#85 Lloyd Lingle - TE</t>
   </si>
   <si>
     <t>#82 Orion Hiawatha - WR</t>
   </si>
   <si>
     <t>#60 Dylan Weiner - LT</t>
   </si>
   <si>
     <t>#60 John Henderson - LG</t>
   </si>
   <si>
-    <t>#56 Timothy Nelson - C</t>
+    <t>#67 Timothy Nelson - C</t>
   </si>
   <si>
     <t>#61 David McGuire - LG</t>
   </si>
   <si>
     <t>#74 David Rodriguez - RT</t>
   </si>
   <si>
     <t>#74 Glenn Argueta - RDE</t>
   </si>
   <si>
     <t>#99 Roy Potter - RDE</t>
   </si>
   <si>
     <t>#79 Dwayne Carson - DT</t>
   </si>
   <si>
     <t>#70 Rolland Napier - LDE</t>
   </si>
   <si>
     <t>#99 Harrison Braun - MLB</t>
   </si>
   <si>
     <t>#94 Kenneth Larson - MLB</t>
   </si>