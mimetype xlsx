--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -500,51 +500,51 @@
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-BEN 26 (14:12) 11-Howard Luft pass Pass knocked down by 34-Chester Perkins. incomplete, intended for 87-Kenneth Clark.</t>
   </si>
   <si>
     <t>#11 Howard Luft - QB</t>
   </si>
   <si>
     <t>#84 Steven Velez - TE</t>
   </si>
   <si>
     <t>#35 Anthony Dillard - RB</t>
   </si>
   <si>
     <t>#33 Steven Sheppard - FB</t>
   </si>
   <si>
     <t>#87 Kenneth Clark - TE</t>
   </si>
   <si>
     <t>#67 Stephen Sweeten - LT</t>
   </si>
   <si>
-    <t>#69 Robert Monroe - LG</t>
+    <t>#66 Robert Monroe - LG</t>
   </si>
   <si>
     <t>#74 Edward Witt - C</t>
   </si>
   <si>
     <t>#75 William Wiedeman - RG</t>
   </si>
   <si>
     <t>#58 Christoper Falcon - RT</t>
   </si>
   <si>
     <t>#74 Glenn Argueta - RDE</t>
   </si>
   <si>
     <t>#99 Roy Potter - RDE</t>
   </si>
   <si>
     <t>#95 Israel Wright - DT</t>
   </si>
   <si>
     <t>#93 John Adams - MLB</t>
   </si>
   <si>
     <t>#46 Timothy Ryder - CB</t>
   </si>